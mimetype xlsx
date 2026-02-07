--- v0 (2025-11-11)
+++ v1 (2026-02-07)
@@ -5,236 +5,237 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29404"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29711"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://irnz.sharepoint.com/sites/SW-Performance-Reporting/Reporting/Product Reporting/KiwiSaver/Monthly Web/Monthly Webstats - 202506/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://irnz.sharepoint.com/sites/SW-Performance-Reporting/Reporting/Product Reporting/KiwiSaver/Monthly Web/Monthly Webstats - 202512/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1236" documentId="8_{2BA17318-8806-4908-9A3F-E04295943900}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{49970AE7-B3C7-4C53-9746-271DC7CC0AFE}"/>
+  <xr:revisionPtr revIDLastSave="1515" documentId="8_{2BA17318-8806-4908-9A3F-E04295943900}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3A8336F5-9462-4C1F-BBC9-026464954AF2}"/>
   <bookViews>
-    <workbookView xWindow="1900" yWindow="1900" windowWidth="14400" windowHeight="9150" tabRatio="795" firstSheet="1" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="165" windowWidth="29040" windowHeight="15720" tabRatio="795" firstSheet="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Menu" sheetId="1" r:id="rId1"/>
     <sheet name="Demographics" sheetId="3" r:id="rId2"/>
     <sheet name="Opt Outs" sheetId="4" r:id="rId3"/>
     <sheet name="Enrolment" sheetId="5" r:id="rId4"/>
     <sheet name="Exiting" sheetId="6" r:id="rId5"/>
     <sheet name="Payments to Providers" sheetId="8" r:id="rId6"/>
     <sheet name="Scheme Entry" sheetId="9" r:id="rId7"/>
     <sheet name="Scheme Transfer" sheetId="10" r:id="rId8"/>
     <sheet name="Suspensions1" sheetId="11" r:id="rId9"/>
     <sheet name="Suspensions2" sheetId="12" r:id="rId10"/>
     <sheet name="Amount Withdrawn" sheetId="2" r:id="rId11"/>
     <sheet name="Number of Withdrawals" sheetId="7" r:id="rId12"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F17" i="8" l="1"/>
-[...3 lines deleted...]
-  <c r="M12" i="5"/>
+  <c r="M10" i="4" l="1"/>
   <c r="M17" i="8"/>
   <c r="N17" i="8"/>
-  <c r="N16" i="6"/>
-[...2 lines deleted...]
-  <c r="M23" i="12" l="1"/>
+  <c r="M14" i="8"/>
+  <c r="M18" i="8" s="1"/>
+  <c r="N14" i="8"/>
+  <c r="M23" i="12"/>
   <c r="L23" i="12"/>
   <c r="K23" i="12"/>
   <c r="J23" i="12"/>
   <c r="I23" i="12"/>
   <c r="H23" i="12"/>
   <c r="G23" i="12"/>
   <c r="F23" i="12"/>
   <c r="E23" i="12"/>
   <c r="D23" i="12"/>
   <c r="C23" i="12"/>
   <c r="B23" i="12"/>
+  <c r="M12" i="11"/>
+  <c r="L12" i="11"/>
+  <c r="K12" i="11"/>
+  <c r="J12" i="11"/>
+  <c r="I12" i="11"/>
+  <c r="H12" i="11"/>
+  <c r="G12" i="11"/>
+  <c r="F12" i="11"/>
+  <c r="E12" i="11"/>
+  <c r="D12" i="11"/>
+  <c r="C12" i="11"/>
+  <c r="B12" i="11"/>
+  <c r="M11" i="9"/>
+  <c r="L11" i="9"/>
+  <c r="K11" i="9"/>
+  <c r="J11" i="9"/>
+  <c r="I11" i="9"/>
+  <c r="H11" i="9"/>
+  <c r="G11" i="9"/>
+  <c r="F11" i="9"/>
+  <c r="E11" i="9"/>
+  <c r="D11" i="9"/>
+  <c r="C11" i="9"/>
+  <c r="B11" i="9"/>
+  <c r="H18" i="8"/>
+  <c r="G18" i="8"/>
+  <c r="L17" i="8"/>
+  <c r="K17" i="8"/>
+  <c r="J17" i="8"/>
+  <c r="I17" i="8"/>
+  <c r="H17" i="8"/>
+  <c r="G17" i="8"/>
+  <c r="F17" i="8"/>
+  <c r="E17" i="8"/>
+  <c r="D17" i="8"/>
+  <c r="C17" i="8"/>
+  <c r="B17" i="8"/>
+  <c r="L14" i="8"/>
+  <c r="L18" i="8" s="1"/>
+  <c r="K14" i="8"/>
+  <c r="K18" i="8" s="1"/>
+  <c r="J14" i="8"/>
+  <c r="J18" i="8" s="1"/>
+  <c r="I14" i="8"/>
+  <c r="H14" i="8"/>
+  <c r="G14" i="8"/>
+  <c r="F14" i="8"/>
+  <c r="E14" i="8"/>
+  <c r="D14" i="8"/>
+  <c r="C14" i="8"/>
+  <c r="B14" i="8"/>
+  <c r="M12" i="5"/>
+  <c r="L12" i="5"/>
+  <c r="K12" i="5"/>
+  <c r="J12" i="5"/>
+  <c r="I12" i="5"/>
+  <c r="H12" i="5"/>
+  <c r="G12" i="5"/>
+  <c r="F12" i="5"/>
+  <c r="E12" i="5"/>
+  <c r="D12" i="5"/>
+  <c r="C12" i="5"/>
+  <c r="B12" i="5"/>
+  <c r="M16" i="3"/>
+  <c r="L16" i="3"/>
+  <c r="K16" i="3"/>
+  <c r="J16" i="3"/>
+  <c r="I16" i="3"/>
+  <c r="H16" i="3"/>
+  <c r="G16" i="3"/>
+  <c r="F16" i="3"/>
+  <c r="E16" i="3"/>
+  <c r="D16" i="3"/>
+  <c r="C16" i="3"/>
+  <c r="B16" i="3"/>
+  <c r="N23" i="12"/>
+  <c r="N12" i="11"/>
+  <c r="N16" i="6"/>
+  <c r="N12" i="5"/>
   <c r="N10" i="4"/>
-  <c r="M10" i="4"/>
-[...9 lines deleted...]
-  <c r="C10" i="4"/>
+  <c r="N11" i="9"/>
   <c r="M16" i="6"/>
   <c r="L16" i="6"/>
   <c r="K16" i="6"/>
   <c r="J16" i="6"/>
   <c r="I16" i="6"/>
   <c r="H16" i="6"/>
   <c r="G16" i="6"/>
   <c r="F16" i="6"/>
   <c r="E16" i="6"/>
   <c r="D16" i="6"/>
   <c r="C16" i="6"/>
   <c r="B16" i="6"/>
-  <c r="C12" i="5"/>
-[...71 lines deleted...]
-  <c r="D18" i="8" l="1"/>
+  <c r="L10" i="4"/>
+  <c r="K10" i="4"/>
+  <c r="J10" i="4"/>
+  <c r="I10" i="4"/>
+  <c r="H10" i="4"/>
+  <c r="G10" i="4"/>
+  <c r="F10" i="4"/>
+  <c r="E10" i="4"/>
+  <c r="D10" i="4"/>
+  <c r="C10" i="4"/>
+  <c r="B10" i="4"/>
+  <c r="N18" i="8" l="1"/>
+  <c r="B18" i="8"/>
+  <c r="C18" i="8"/>
+  <c r="D18" i="8"/>
   <c r="E18" i="8"/>
   <c r="F18" i="8"/>
   <c r="I18" i="8"/>
-  <c r="B18" i="8"/>
-[...6 lines deleted...]
-  <c r="K18" i="8"/>
+  <c r="N16" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="188" uniqueCount="115">
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Section</t>
   </si>
   <si>
     <t>Demographics</t>
   </si>
   <si>
     <t>Number of active/provisional KiwiSaver members, by age</t>
   </si>
   <si>
     <t>Opt-Outs</t>
   </si>
   <si>
     <t>Non-active members (closures and opt-outs)</t>
@@ -790,115 +791,78 @@
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...9 lines deleted...]
-      <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FF000000"/>
-[...13 lines deleted...]
-      <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...9 lines deleted...]
-      </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
@@ -908,287 +872,297 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="84">
+  <cellXfs count="75">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="9" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="9" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="17" fontId="9" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-    <xf numFmtId="3" fontId="10" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="9" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="17" fontId="9" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="9" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="3" fontId="11" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="4" fontId="3" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="15" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="15" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="15" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="9" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="13" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="13" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="11" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="9" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="9" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="3" fontId="11" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="11" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="17" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="13" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="13" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="18" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="18" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="9" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="17" fontId="9" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="9" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="9" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="9" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF006068"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1486,53 +1460,55 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C12"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="C23" sqref="C23"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="75.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>4</v>
       </c>
@@ -1657,78 +1633,78 @@
   <hyperlinks>
     <hyperlink ref="A11" location="'Amount Withdrawn'!A1" display="Amount Withdrawn" xr:uid="{A51A4446-936E-4459-A089-11F1E4D74339}"/>
     <hyperlink ref="A2" location="Demographics!A1" display="Demographics" xr:uid="{F18327BE-2F28-4ECF-B9E1-E32D891F5168}"/>
     <hyperlink ref="A3" location="'Opt Outs'!A1" display="Opt Outs" xr:uid="{164EDC89-7CFF-49D1-90A2-B49821A37A2E}"/>
     <hyperlink ref="A4" location="Enrolment!A1" display="Enrolment" xr:uid="{053FD083-7593-4DFE-A4C4-4237AAEB2F85}"/>
     <hyperlink ref="A5" location="Exiting!A1" display="Exiting" xr:uid="{AB2D31B5-B450-4382-A25E-450D23C324EA}"/>
     <hyperlink ref="A12" location="'Number of Withdrawals'!A1" display="Number of Withdrawals" xr:uid="{91436C61-F0B2-4A4F-868B-FE9B9BFA3DA6}"/>
     <hyperlink ref="A6" location="'Payments to Providers'!A1" display="Payments to Providers" xr:uid="{4AAF1541-CAB8-4B17-BF46-09F690032F91}"/>
     <hyperlink ref="A7" location="'Scheme Entry'!A1" display="Scheme Entry" xr:uid="{AB12093B-85B0-4882-B510-BBE8FF823B5C}"/>
     <hyperlink ref="A8" location="'Scheme Transfer'!A1" display="Scheme Transfer" xr:uid="{5E3FB5A7-5F8A-4E8B-9A33-BC6EFEB3886F}"/>
     <hyperlink ref="A9" location="Suspensions1!A1" display="Suspensions1" xr:uid="{0EA105E3-5C8E-49FA-B9B4-6F5CC66C85A1}"/>
     <hyperlink ref="A10" location="Suspensions2!A1" display="Suspensions2" xr:uid="{6714A54A-DE04-4807-BA1F-A85E9737681C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;10&amp;K000000[IN CONFIDENCE RELEASE EXTERNAL]&amp;1#_x000D_&amp;"Verdana"&amp;10&amp;K000000</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9048C084-E13F-488D-86BF-D897C989514A}">
   <dimension ref="A1:N28"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A7" workbookViewId="0">
-      <selection activeCell="N13" sqref="N13:N22"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30.7109375" style="4" customWidth="1"/>
     <col min="2" max="14" width="10.5703125" style="4" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="17.45">
-      <c r="A1" s="80" t="s">
+    <row r="1" spans="1:14" ht="18">
+      <c r="A1" s="69" t="s">
         <v>22</v>
       </c>
-      <c r="B1" s="80"/>
-[...11 lines deleted...]
-      <c r="N1" s="81"/>
+      <c r="B1" s="69"/>
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+      <c r="G1" s="70"/>
+      <c r="H1" s="70"/>
+      <c r="I1" s="70"/>
+      <c r="J1" s="70"/>
+      <c r="K1" s="70"/>
+      <c r="L1" s="70"/>
+      <c r="M1" s="70"/>
+      <c r="N1" s="70"/>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="8"/>
       <c r="B2" s="8"/>
       <c r="C2" s="8"/>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="8"/>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
       <c r="L2" s="8"/>
       <c r="M2" s="8"/>
       <c r="N2" s="8"/>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="10" t="s">
         <v>92</v>
@@ -1736,721 +1712,721 @@
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="10" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="10" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="10" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="10" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="10" t="s">
         <v>96</v>
       </c>
-      <c r="B9" s="62"/>
-[...6 lines deleted...]
-      <c r="I9" s="62"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
+      <c r="F9" s="48"/>
+      <c r="G9" s="48"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="8"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
     </row>
     <row r="10" spans="1:14">
-      <c r="A10" s="63" t="s">
+      <c r="A10" s="49" t="s">
         <v>97</v>
       </c>
-      <c r="B10" s="62"/>
-[...6 lines deleted...]
-      <c r="I10" s="62"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
+      <c r="F10" s="48"/>
+      <c r="G10" s="48"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="8"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="8"/>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
     </row>
-    <row r="12" spans="1:14" ht="15">
-      <c r="A12" s="64" t="s">
+    <row r="12" spans="1:14">
+      <c r="A12" s="50" t="s">
         <v>98</v>
       </c>
-      <c r="B12" s="26">
-[...40 lines deleted...]
-      <c r="A13" s="65">
+      <c r="B12" s="13">
+        <v>45627</v>
+      </c>
+      <c r="C12" s="13">
+        <v>45658</v>
+      </c>
+      <c r="D12" s="13">
+        <v>45689</v>
+      </c>
+      <c r="E12" s="13">
+        <v>45717</v>
+      </c>
+      <c r="F12" s="13">
+        <v>45748</v>
+      </c>
+      <c r="G12" s="13">
+        <v>45778</v>
+      </c>
+      <c r="H12" s="13">
+        <v>45809</v>
+      </c>
+      <c r="I12" s="13">
+        <v>45839</v>
+      </c>
+      <c r="J12" s="13">
+        <v>45870</v>
+      </c>
+      <c r="K12" s="13">
+        <v>45901</v>
+      </c>
+      <c r="L12" s="13">
+        <v>45931</v>
+      </c>
+      <c r="M12" s="13">
+        <v>45962</v>
+      </c>
+      <c r="N12" s="13">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14">
+      <c r="A13" s="51">
         <v>3</v>
       </c>
-      <c r="B13" s="54">
-[...8 lines deleted...]
-      <c r="E13" s="54">
+      <c r="B13" s="41">
         <v>2002</v>
       </c>
-      <c r="F13" s="54">
+      <c r="C13" s="41">
         <v>2026</v>
       </c>
-      <c r="G13" s="54">
+      <c r="D13" s="41">
         <v>1919</v>
       </c>
-      <c r="H13" s="54">
+      <c r="E13" s="41">
         <v>1867</v>
       </c>
-      <c r="I13" s="54">
+      <c r="F13" s="41">
         <v>1927</v>
       </c>
-      <c r="J13" s="54">
+      <c r="G13" s="41">
         <v>2048</v>
       </c>
-      <c r="K13" s="54">
+      <c r="H13" s="41">
         <v>2074</v>
       </c>
-      <c r="L13" s="54">
+      <c r="I13" s="41">
         <v>2014</v>
       </c>
-      <c r="M13" s="54">
+      <c r="J13" s="41">
         <v>1948</v>
       </c>
-      <c r="N13" s="54">
+      <c r="K13" s="41">
         <v>1877</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="65">
+      <c r="L13" s="41">
+        <v>1897</v>
+      </c>
+      <c r="M13" s="41">
+        <v>2049</v>
+      </c>
+      <c r="N13" s="41">
+        <v>2155</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14">
+      <c r="A14" s="51">
         <v>4</v>
       </c>
-      <c r="B14" s="54">
-[...8 lines deleted...]
-      <c r="E14" s="54">
+      <c r="B14" s="41">
         <v>788</v>
       </c>
-      <c r="F14" s="54">
+      <c r="C14" s="41">
         <v>730</v>
       </c>
-      <c r="G14" s="54">
+      <c r="D14" s="41">
         <v>656</v>
       </c>
-      <c r="H14" s="54">
+      <c r="E14" s="41">
         <v>567</v>
       </c>
-      <c r="I14" s="54">
+      <c r="F14" s="41">
         <v>585</v>
       </c>
-      <c r="J14" s="54">
+      <c r="G14" s="41">
         <v>574</v>
       </c>
-      <c r="K14" s="54">
+      <c r="H14" s="41">
         <v>585</v>
       </c>
-      <c r="L14" s="54">
+      <c r="I14" s="41">
         <v>590</v>
       </c>
-      <c r="M14" s="54">
+      <c r="J14" s="41">
         <v>581</v>
       </c>
-      <c r="N14" s="54">
+      <c r="K14" s="41">
         <v>656</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="65">
+      <c r="L14" s="41">
+        <v>708</v>
+      </c>
+      <c r="M14" s="41">
+        <v>792</v>
+      </c>
+      <c r="N14" s="41">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14">
+      <c r="A15" s="51">
         <v>5</v>
       </c>
-      <c r="B15" s="54">
+      <c r="B15" s="41">
+        <v>572</v>
+      </c>
+      <c r="C15" s="41">
+        <v>522</v>
+      </c>
+      <c r="D15" s="41">
+        <v>474</v>
+      </c>
+      <c r="E15" s="41">
+        <v>414</v>
+      </c>
+      <c r="F15" s="41">
+        <v>404</v>
+      </c>
+      <c r="G15" s="41">
+        <v>433</v>
+      </c>
+      <c r="H15" s="41">
+        <v>435</v>
+      </c>
+      <c r="I15" s="41">
+        <v>449</v>
+      </c>
+      <c r="J15" s="41">
+        <v>543</v>
+      </c>
+      <c r="K15" s="41">
+        <v>579</v>
+      </c>
+      <c r="L15" s="41">
+        <v>599</v>
+      </c>
+      <c r="M15" s="41">
+        <v>608</v>
+      </c>
+      <c r="N15" s="41">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14">
+      <c r="A16" s="51">
+        <v>6</v>
+      </c>
+      <c r="B16" s="41">
+        <v>4869</v>
+      </c>
+      <c r="C16" s="41">
+        <v>4796</v>
+      </c>
+      <c r="D16" s="41">
+        <v>4715</v>
+      </c>
+      <c r="E16" s="41">
+        <v>4651</v>
+      </c>
+      <c r="F16" s="41">
+        <v>4730</v>
+      </c>
+      <c r="G16" s="41">
+        <v>4725</v>
+      </c>
+      <c r="H16" s="41">
+        <v>4897</v>
+      </c>
+      <c r="I16" s="41">
+        <v>5019</v>
+      </c>
+      <c r="J16" s="41">
+        <v>5027</v>
+      </c>
+      <c r="K16" s="41">
+        <v>5112</v>
+      </c>
+      <c r="L16" s="41">
+        <v>5013</v>
+      </c>
+      <c r="M16" s="41">
+        <v>4949</v>
+      </c>
+      <c r="N16" s="41">
+        <v>4787</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14">
+      <c r="A17" s="51">
+        <v>7</v>
+      </c>
+      <c r="B17" s="41">
+        <v>408</v>
+      </c>
+      <c r="C17" s="41">
+        <v>362</v>
+      </c>
+      <c r="D17" s="41">
+        <v>342</v>
+      </c>
+      <c r="E17" s="41">
+        <v>331</v>
+      </c>
+      <c r="F17" s="41">
+        <v>323</v>
+      </c>
+      <c r="G17" s="41">
+        <v>358</v>
+      </c>
+      <c r="H17" s="41">
+        <v>406</v>
+      </c>
+      <c r="I17" s="41">
+        <v>423</v>
+      </c>
+      <c r="J17" s="41">
+        <v>451</v>
+      </c>
+      <c r="K17" s="41">
+        <v>479</v>
+      </c>
+      <c r="L17" s="41">
+        <v>472</v>
+      </c>
+      <c r="M17" s="41">
+        <v>460</v>
+      </c>
+      <c r="N17" s="41">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14">
+      <c r="A18" s="51">
+        <v>8</v>
+      </c>
+      <c r="B18" s="41">
+        <v>677</v>
+      </c>
+      <c r="C18" s="41">
+        <v>611</v>
+      </c>
+      <c r="D18" s="41">
+        <v>594</v>
+      </c>
+      <c r="E18" s="41">
+        <v>536</v>
+      </c>
+      <c r="F18" s="41">
+        <v>553</v>
+      </c>
+      <c r="G18" s="41">
+        <v>605</v>
+      </c>
+      <c r="H18" s="41">
+        <v>637</v>
+      </c>
+      <c r="I18" s="41">
+        <v>650</v>
+      </c>
+      <c r="J18" s="41">
+        <v>686</v>
+      </c>
+      <c r="K18" s="41">
+        <v>683</v>
+      </c>
+      <c r="L18" s="41">
+        <v>692</v>
+      </c>
+      <c r="M18" s="41">
+        <v>669</v>
+      </c>
+      <c r="N18" s="41">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14">
+      <c r="A19" s="51">
+        <v>9</v>
+      </c>
+      <c r="B19" s="41">
+        <v>439</v>
+      </c>
+      <c r="C19" s="41">
+        <v>411</v>
+      </c>
+      <c r="D19" s="41">
+        <v>415</v>
+      </c>
+      <c r="E19" s="41">
+        <v>412</v>
+      </c>
+      <c r="F19" s="41">
+        <v>444</v>
+      </c>
+      <c r="G19" s="41">
+        <v>468</v>
+      </c>
+      <c r="H19" s="41">
+        <v>480</v>
+      </c>
+      <c r="I19" s="41">
+        <v>493</v>
+      </c>
+      <c r="J19" s="41">
+        <v>509</v>
+      </c>
+      <c r="K19" s="41">
+        <v>516</v>
+      </c>
+      <c r="L19" s="41">
+        <v>499</v>
+      </c>
+      <c r="M19" s="41">
+        <v>465</v>
+      </c>
+      <c r="N19" s="41">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14">
+      <c r="A20" s="51">
+        <v>10</v>
+      </c>
+      <c r="B20" s="41">
+        <v>636</v>
+      </c>
+      <c r="C20" s="41">
         <v>617</v>
       </c>
-      <c r="C15" s="54">
-[...2 lines deleted...]
-      <c r="D15" s="54">
+      <c r="D20" s="41">
+        <v>615</v>
+      </c>
+      <c r="E20" s="41">
         <v>607</v>
       </c>
-      <c r="E15" s="54">
-[...219 lines deleted...]
-      <c r="E20" s="54">
+      <c r="F20" s="41">
+        <v>619</v>
+      </c>
+      <c r="G20" s="41">
+        <v>624</v>
+      </c>
+      <c r="H20" s="41">
         <v>636</v>
       </c>
-      <c r="F20" s="54">
-[...11 lines deleted...]
-      <c r="J20" s="54">
+      <c r="I20" s="41">
+        <v>635</v>
+      </c>
+      <c r="J20" s="41">
         <v>624</v>
       </c>
-      <c r="K20" s="54">
-[...5 lines deleted...]
-      <c r="M20" s="54">
+      <c r="K20" s="41">
+        <v>625</v>
+      </c>
+      <c r="L20" s="41">
+        <v>649</v>
+      </c>
+      <c r="M20" s="41">
         <v>624</v>
       </c>
-      <c r="N20" s="54">
-[...4 lines deleted...]
-      <c r="A21" s="65">
+      <c r="N20" s="41">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14">
+      <c r="A21" s="51">
         <v>11</v>
       </c>
-      <c r="B21" s="54">
-[...5 lines deleted...]
-      <c r="D21" s="54">
+      <c r="B21" s="41">
+        <v>169</v>
+      </c>
+      <c r="C21" s="41">
+        <v>162</v>
+      </c>
+      <c r="D21" s="41">
+        <v>164</v>
+      </c>
+      <c r="E21" s="41">
+        <v>163</v>
+      </c>
+      <c r="F21" s="41">
+        <v>168</v>
+      </c>
+      <c r="G21" s="41">
         <v>166</v>
       </c>
-      <c r="E21" s="54">
+      <c r="H21" s="41">
+        <v>159</v>
+      </c>
+      <c r="I21" s="41">
+        <v>163</v>
+      </c>
+      <c r="J21" s="41">
+        <v>162</v>
+      </c>
+      <c r="K21" s="41">
         <v>169</v>
       </c>
-      <c r="F21" s="54">
-[...28 lines deleted...]
-      <c r="A22" s="65">
+      <c r="L21" s="41">
+        <v>176</v>
+      </c>
+      <c r="M21" s="41">
+        <v>171</v>
+      </c>
+      <c r="N21" s="41">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14">
+      <c r="A22" s="51">
         <v>12</v>
       </c>
-      <c r="B22" s="54">
-[...8 lines deleted...]
-      <c r="E22" s="54">
+      <c r="B22" s="41">
         <v>76092</v>
       </c>
-      <c r="F22" s="54">
+      <c r="C22" s="41">
         <v>75531</v>
       </c>
-      <c r="G22" s="54">
+      <c r="D22" s="41">
         <v>75596</v>
       </c>
-      <c r="H22" s="54">
+      <c r="E22" s="41">
         <v>74881</v>
       </c>
-      <c r="I22" s="54">
+      <c r="F22" s="41">
         <v>74485</v>
       </c>
-      <c r="J22" s="54">
+      <c r="G22" s="41">
         <v>74201</v>
       </c>
-      <c r="K22" s="54">
+      <c r="H22" s="41">
         <v>74684</v>
       </c>
-      <c r="L22" s="54">
+      <c r="I22" s="41">
         <v>74059</v>
       </c>
-      <c r="M22" s="54">
+      <c r="J22" s="41">
         <v>73241</v>
       </c>
-      <c r="N22" s="54">
+      <c r="K22" s="41">
         <v>72908</v>
       </c>
+      <c r="L22" s="41">
+        <v>72286</v>
+      </c>
+      <c r="M22" s="41">
+        <v>72392</v>
+      </c>
+      <c r="N22" s="41">
+        <v>72843</v>
+      </c>
     </row>
     <row r="23" spans="1:14">
-      <c r="A23" s="66" t="s">
+      <c r="A23" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="B23" s="67">
-[...12 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="B23" s="53">
+        <f t="shared" ref="B23:M23" si="0">SUM(B13:B22)</f>
         <v>86652</v>
       </c>
-      <c r="F23" s="67">
+      <c r="C23" s="53">
         <f t="shared" si="0"/>
         <v>85768</v>
       </c>
-      <c r="G23" s="67">
+      <c r="D23" s="53">
         <f t="shared" si="0"/>
         <v>85490</v>
       </c>
-      <c r="H23" s="67">
+      <c r="E23" s="53">
         <f t="shared" si="0"/>
         <v>84429</v>
       </c>
-      <c r="I23" s="67">
+      <c r="F23" s="53">
         <f t="shared" si="0"/>
         <v>84238</v>
       </c>
-      <c r="J23" s="67">
+      <c r="G23" s="53">
         <f t="shared" si="0"/>
         <v>84202</v>
       </c>
-      <c r="K23" s="67">
+      <c r="H23" s="53">
         <f t="shared" si="0"/>
         <v>84993</v>
       </c>
-      <c r="L23" s="67">
+      <c r="I23" s="53">
         <f t="shared" si="0"/>
         <v>84495</v>
       </c>
-      <c r="M23" s="67">
+      <c r="J23" s="53">
         <f t="shared" si="0"/>
         <v>83772</v>
       </c>
-      <c r="N23" s="67">
+      <c r="K23" s="53">
         <f t="shared" si="0"/>
         <v>83604</v>
       </c>
+      <c r="L23" s="53">
+        <f t="shared" si="0"/>
+        <v>82991</v>
+      </c>
+      <c r="M23" s="53">
+        <f t="shared" si="0"/>
+        <v>83179</v>
+      </c>
+      <c r="N23" s="53">
+        <f t="shared" ref="N23" si="1">SUM(N13:N22)</f>
+        <v>83333</v>
+      </c>
     </row>
     <row r="24" spans="1:14">
-      <c r="A24" s="36"/>
-[...12 lines deleted...]
-      <c r="N24" s="68"/>
+      <c r="A24" s="28"/>
+      <c r="B24" s="54"/>
+      <c r="C24" s="54"/>
+      <c r="D24" s="54"/>
+      <c r="E24" s="54"/>
+      <c r="F24" s="54"/>
+      <c r="G24" s="54"/>
+      <c r="H24" s="54"/>
+      <c r="I24" s="54"/>
+      <c r="J24" s="54"/>
+      <c r="K24" s="54"/>
+      <c r="L24" s="54"/>
+      <c r="M24" s="54"/>
+      <c r="N24" s="54"/>
     </row>
     <row r="25" spans="1:14">
-      <c r="A25" s="21" t="s">
+      <c r="A25" s="20" t="s">
         <v>39</v>
       </c>
-      <c r="B25" s="21" t="s">
+      <c r="B25" s="20" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:14">
-      <c r="A26" s="21"/>
-      <c r="B26" s="21"/>
+      <c r="A26" s="20"/>
+      <c r="B26" s="20"/>
     </row>
     <row r="28" spans="1:14">
-      <c r="A28" s="22" t="s">
+      <c r="A28" s="21" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:N1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A28" location="Menu!A1" display="Return" xr:uid="{75241FE1-B1AF-400E-934B-EB96610E92EE}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;10&amp;K000000[IN CONFIDENCE RELEASE EXTERNAL]&amp;1#</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DDB9597-283D-4E94-8D37-0CA37C1B7F45}">
-  <dimension ref="A1:N124"/>
+  <dimension ref="A1:N127"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane ySplit="14" topLeftCell="A15" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D124" sqref="D124"/>
+      <pane ySplit="14" topLeftCell="A104" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="11.140625" style="4" customWidth="1"/>
     <col min="2" max="3" width="21.5703125" style="4" customWidth="1"/>
     <col min="4" max="14" width="15.7109375" style="4" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="17.45">
-      <c r="A1" s="80" t="s">
+    <row r="1" spans="1:14" ht="18">
+      <c r="A1" s="69" t="s">
         <v>24</v>
       </c>
-      <c r="B1" s="80"/>
-[...11 lines deleted...]
-      <c r="N1" s="81"/>
+      <c r="B1" s="69"/>
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+      <c r="G1" s="70"/>
+      <c r="H1" s="70"/>
+      <c r="I1" s="70"/>
+      <c r="J1" s="70"/>
+      <c r="K1" s="70"/>
+      <c r="L1" s="70"/>
+      <c r="M1" s="70"/>
+      <c r="N1" s="70"/>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="8"/>
       <c r="B2" s="8"/>
       <c r="C2" s="8"/>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="8"/>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
       <c r="L2" s="8"/>
       <c r="M2" s="8"/>
       <c r="N2" s="8"/>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="10" t="s">
@@ -2494,1751 +2470,1793 @@
       <c r="G7" s="8"/>
       <c r="H7" s="8"/>
       <c r="I7" s="8"/>
       <c r="J7" s="8"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="8"/>
       <c r="B8" s="8"/>
       <c r="C8" s="8"/>
       <c r="E8" s="8"/>
       <c r="F8" s="8"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
     </row>
     <row r="9" spans="1:14">
-      <c r="A9" s="21" t="s">
+      <c r="A9" s="20" t="s">
         <v>103</v>
       </c>
-      <c r="B9" s="68"/>
-[...10 lines deleted...]
-      <c r="N9" s="68"/>
+      <c r="B9" s="54"/>
+      <c r="C9" s="54"/>
+      <c r="E9" s="54"/>
+      <c r="F9" s="54"/>
+      <c r="G9" s="54"/>
+      <c r="H9" s="54"/>
+      <c r="I9" s="54"/>
+      <c r="J9" s="54"/>
+      <c r="K9" s="54"/>
+      <c r="L9" s="54"/>
+      <c r="M9" s="54"/>
+      <c r="N9" s="54"/>
     </row>
     <row r="10" spans="1:14">
       <c r="B10" s="8"/>
       <c r="C10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
       <c r="J10" s="8"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
     </row>
     <row r="11" spans="1:14">
-      <c r="A11" s="22" t="s">
+      <c r="A11" s="21" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
-      <c r="D11" s="22"/>
+      <c r="D11" s="21"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
     </row>
     <row r="12" spans="1:14">
-      <c r="A12" s="21"/>
-[...3 lines deleted...]
-      <c r="B13" s="82" t="s">
+      <c r="A12" s="20"/>
+      <c r="B12" s="20"/>
+    </row>
+    <row r="13" spans="1:14">
+      <c r="B13" s="71" t="s">
         <v>104</v>
       </c>
-      <c r="C13" s="83"/>
-      <c r="D13" s="83"/>
+      <c r="C13" s="72"/>
+      <c r="D13" s="72"/>
     </row>
     <row r="14" spans="1:14">
-      <c r="A14" s="26" t="s">
+      <c r="A14" s="23" t="s">
         <v>105</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>90</v>
       </c>
       <c r="C14" s="12" t="s">
         <v>106</v>
       </c>
       <c r="D14" s="12" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="15" spans="1:14" ht="15">
-      <c r="A15" s="69">
+    <row r="15" spans="1:14">
+      <c r="A15" s="55">
         <v>42583</v>
       </c>
-      <c r="B15" s="79">
+      <c r="B15" s="65">
         <v>5.7613070000000004</v>
       </c>
-      <c r="C15" s="78">
+      <c r="C15" s="64">
         <v>49.892764</v>
       </c>
-      <c r="D15" s="77">
+      <c r="D15" s="63">
         <v>55.654071000000002</v>
       </c>
     </row>
-    <row r="16" spans="1:14" ht="15">
-      <c r="A16" s="69">
+    <row r="16" spans="1:14">
+      <c r="A16" s="55">
         <v>42614</v>
       </c>
-      <c r="B16" s="79">
+      <c r="B16" s="65">
         <v>5.8500370000000004</v>
       </c>
-      <c r="C16" s="78">
+      <c r="C16" s="64">
         <v>47.526741000000001</v>
       </c>
-      <c r="D16" s="77">
+      <c r="D16" s="63">
         <v>53.376778000000002</v>
       </c>
     </row>
-    <row r="17" spans="1:4" ht="15">
-      <c r="A17" s="69">
+    <row r="17" spans="1:4">
+      <c r="A17" s="55">
         <v>42644</v>
       </c>
-      <c r="B17" s="79">
+      <c r="B17" s="65">
         <v>5.3692659999999997</v>
       </c>
-      <c r="C17" s="78">
+      <c r="C17" s="64">
         <v>43.464191</v>
       </c>
-      <c r="D17" s="77">
+      <c r="D17" s="63">
         <v>48.833457000000003</v>
       </c>
     </row>
-    <row r="18" spans="1:4" ht="15">
-      <c r="A18" s="69">
+    <row r="18" spans="1:4">
+      <c r="A18" s="55">
         <v>42675</v>
       </c>
-      <c r="B18" s="79">
+      <c r="B18" s="65">
         <v>6.023002</v>
       </c>
-      <c r="C18" s="78">
+      <c r="C18" s="64">
         <v>53.303468000000002</v>
       </c>
-      <c r="D18" s="77">
+      <c r="D18" s="63">
         <v>59.32647</v>
       </c>
     </row>
-    <row r="19" spans="1:4" ht="15">
-      <c r="A19" s="69">
+    <row r="19" spans="1:4">
+      <c r="A19" s="55">
         <v>42705</v>
       </c>
-      <c r="B19" s="79">
+      <c r="B19" s="65">
         <v>7.5382600000000002</v>
       </c>
-      <c r="C19" s="78">
+      <c r="C19" s="64">
         <v>51.237918000000001</v>
       </c>
-      <c r="D19" s="77">
+      <c r="D19" s="63">
         <v>58.776178000000002</v>
       </c>
     </row>
-    <row r="20" spans="1:4" ht="15">
-      <c r="A20" s="69">
+    <row r="20" spans="1:4">
+      <c r="A20" s="55">
         <v>42736</v>
       </c>
-      <c r="B20" s="79">
+      <c r="B20" s="65">
         <v>5.3656490000000003</v>
       </c>
-      <c r="C20" s="78">
+      <c r="C20" s="64">
         <v>37.804333</v>
       </c>
-      <c r="D20" s="77">
+      <c r="D20" s="63">
         <v>43.169981999999997</v>
       </c>
     </row>
-    <row r="21" spans="1:4" ht="15">
-      <c r="A21" s="69">
+    <row r="21" spans="1:4">
+      <c r="A21" s="55">
         <v>42767</v>
       </c>
-      <c r="B21" s="79">
+      <c r="B21" s="65">
         <v>6.8226019999999998</v>
       </c>
-      <c r="C21" s="78">
+      <c r="C21" s="64">
         <v>44.594845999999997</v>
       </c>
-      <c r="D21" s="77">
+      <c r="D21" s="63">
         <v>51.417448</v>
       </c>
     </row>
-    <row r="22" spans="1:4" ht="15">
-      <c r="A22" s="69">
+    <row r="22" spans="1:4">
+      <c r="A22" s="55">
         <v>42795</v>
       </c>
-      <c r="B22" s="79">
+      <c r="B22" s="65">
         <v>7.1949310000000004</v>
       </c>
-      <c r="C22" s="78">
+      <c r="C22" s="64">
         <v>124.037099</v>
       </c>
-      <c r="D22" s="77">
+      <c r="D22" s="63">
         <v>131.23203000000001</v>
       </c>
     </row>
-    <row r="23" spans="1:4" ht="15">
-      <c r="A23" s="69">
+    <row r="23" spans="1:4">
+      <c r="A23" s="55">
         <v>42826</v>
       </c>
-      <c r="B23" s="79">
+      <c r="B23" s="65">
         <v>6.1375159999999997</v>
       </c>
-      <c r="C23" s="78">
+      <c r="C23" s="64">
         <v>44.836024000000002</v>
       </c>
-      <c r="D23" s="77">
+      <c r="D23" s="63">
         <v>50.97354</v>
       </c>
     </row>
-    <row r="24" spans="1:4" ht="15">
-      <c r="A24" s="69">
+    <row r="24" spans="1:4">
+      <c r="A24" s="55">
         <v>42856</v>
       </c>
-      <c r="B24" s="79">
+      <c r="B24" s="65">
         <v>9.2025880000000004</v>
       </c>
-      <c r="C24" s="78">
+      <c r="C24" s="64">
         <v>62.755381</v>
       </c>
-      <c r="D24" s="77">
+      <c r="D24" s="63">
         <v>71.957969000000006</v>
       </c>
     </row>
-    <row r="25" spans="1:4" ht="15">
-      <c r="A25" s="69">
+    <row r="25" spans="1:4">
+      <c r="A25" s="55">
         <v>42887</v>
       </c>
-      <c r="B25" s="79">
+      <c r="B25" s="65">
         <v>8.4626710000000003</v>
       </c>
-      <c r="C25" s="78">
+      <c r="C25" s="64">
         <v>52.994397999999997</v>
       </c>
-      <c r="D25" s="77">
+      <c r="D25" s="63">
         <v>61.457068999999997</v>
       </c>
     </row>
-    <row r="26" spans="1:4" ht="15">
-      <c r="A26" s="69">
+    <row r="26" spans="1:4">
+      <c r="A26" s="55">
         <v>42917</v>
       </c>
-      <c r="B26" s="79">
+      <c r="B26" s="65">
         <v>7.9494499999999997</v>
       </c>
-      <c r="C26" s="78">
+      <c r="C26" s="64">
         <v>51.555751000000001</v>
       </c>
-      <c r="D26" s="77">
+      <c r="D26" s="63">
         <v>59.505201</v>
       </c>
     </row>
-    <row r="27" spans="1:4" ht="15">
-      <c r="A27" s="69">
+    <row r="27" spans="1:4">
+      <c r="A27" s="55">
         <v>42948</v>
       </c>
-      <c r="B27" s="79">
+      <c r="B27" s="65">
         <v>8.2228560000000002</v>
       </c>
-      <c r="C27" s="78">
+      <c r="C27" s="64">
         <v>57.746631999999998</v>
       </c>
-      <c r="D27" s="77">
+      <c r="D27" s="63">
         <v>65.969487999999998</v>
       </c>
     </row>
-    <row r="28" spans="1:4" ht="15">
-      <c r="A28" s="69">
+    <row r="28" spans="1:4">
+      <c r="A28" s="55">
         <v>42979</v>
       </c>
-      <c r="B28" s="79">
+      <c r="B28" s="65">
         <v>8.1435519999999997</v>
       </c>
-      <c r="C28" s="78">
+      <c r="C28" s="64">
         <v>54.076464999999999</v>
       </c>
-      <c r="D28" s="77">
+      <c r="D28" s="63">
         <v>62.220016999999999</v>
       </c>
     </row>
-    <row r="29" spans="1:4" ht="15">
-      <c r="A29" s="69">
+    <row r="29" spans="1:4">
+      <c r="A29" s="55">
         <v>43009</v>
       </c>
-      <c r="B29" s="79">
+      <c r="B29" s="65">
         <v>9.5604569999999995</v>
       </c>
-      <c r="C29" s="78">
+      <c r="C29" s="64">
         <v>56.926931000000003</v>
       </c>
-      <c r="D29" s="77">
+      <c r="D29" s="63">
         <v>66.487387999999996</v>
       </c>
     </row>
-    <row r="30" spans="1:4" ht="15">
-      <c r="A30" s="69">
+    <row r="30" spans="1:4">
+      <c r="A30" s="55">
         <v>43040</v>
       </c>
-      <c r="B30" s="79">
+      <c r="B30" s="65">
         <v>9.2122089999999996</v>
       </c>
-      <c r="C30" s="78">
+      <c r="C30" s="64">
         <v>71.375710999999995</v>
       </c>
-      <c r="D30" s="77">
+      <c r="D30" s="63">
         <v>80.587919999999997</v>
       </c>
     </row>
-    <row r="31" spans="1:4" ht="15">
-      <c r="A31" s="69">
+    <row r="31" spans="1:4">
+      <c r="A31" s="55">
         <v>43070</v>
       </c>
-      <c r="B31" s="79">
+      <c r="B31" s="65">
         <v>9.2274799999999999</v>
       </c>
-      <c r="C31" s="78">
+      <c r="C31" s="64">
         <v>56.040551999999998</v>
       </c>
-      <c r="D31" s="77">
+      <c r="D31" s="63">
         <v>65.268033000000003</v>
       </c>
     </row>
-    <row r="32" spans="1:4" ht="15">
-      <c r="A32" s="69">
+    <row r="32" spans="1:4">
+      <c r="A32" s="55">
         <v>43101</v>
       </c>
-      <c r="B32" s="79">
+      <c r="B32" s="65">
         <v>7.3398830000000004</v>
       </c>
-      <c r="C32" s="78">
+      <c r="C32" s="64">
         <v>55.759576000000003</v>
       </c>
-      <c r="D32" s="77">
+      <c r="D32" s="63">
         <v>63.099457999999998</v>
       </c>
     </row>
-    <row r="33" spans="1:4" ht="15">
-      <c r="A33" s="69">
+    <row r="33" spans="1:4">
+      <c r="A33" s="55">
         <v>43132</v>
       </c>
-      <c r="B33" s="79">
+      <c r="B33" s="65">
         <v>7.1973659999999997</v>
       </c>
-      <c r="C33" s="78">
+      <c r="C33" s="64">
         <v>56.836241999999999</v>
       </c>
-      <c r="D33" s="77">
+      <c r="D33" s="63">
         <v>64.033607000000003</v>
       </c>
     </row>
-    <row r="34" spans="1:4" ht="15">
-      <c r="A34" s="69">
+    <row r="34" spans="1:4">
+      <c r="A34" s="55">
         <v>43160</v>
       </c>
-      <c r="B34" s="79">
+      <c r="B34" s="65">
         <v>10.126303</v>
       </c>
-      <c r="C34" s="78">
+      <c r="C34" s="64">
         <v>80.480220000000003</v>
       </c>
-      <c r="D34" s="77">
+      <c r="D34" s="63">
         <v>90.606522999999996</v>
       </c>
     </row>
-    <row r="35" spans="1:4" ht="15">
-      <c r="A35" s="69">
+    <row r="35" spans="1:4">
+      <c r="A35" s="55">
         <v>43191</v>
       </c>
-      <c r="B35" s="79">
+      <c r="B35" s="65">
         <v>8.8159200000000002</v>
       </c>
-      <c r="C35" s="78">
+      <c r="C35" s="64">
         <v>66.676202000000004</v>
       </c>
-      <c r="D35" s="77">
+      <c r="D35" s="63">
         <v>75.492123000000007</v>
       </c>
     </row>
-    <row r="36" spans="1:4" ht="15">
-      <c r="A36" s="69">
+    <row r="36" spans="1:4">
+      <c r="A36" s="55">
         <v>43221</v>
       </c>
-      <c r="B36" s="79">
+      <c r="B36" s="65">
         <v>9.9971080000000008</v>
       </c>
-      <c r="C36" s="78">
+      <c r="C36" s="64">
         <v>89.390204999999995</v>
       </c>
-      <c r="D36" s="77">
+      <c r="D36" s="63">
         <v>99.387313000000006</v>
       </c>
     </row>
-    <row r="37" spans="1:4" ht="15">
-      <c r="A37" s="69">
+    <row r="37" spans="1:4">
+      <c r="A37" s="55">
         <v>43252</v>
       </c>
-      <c r="B37" s="79">
+      <c r="B37" s="65">
         <v>8.7508049999999997</v>
       </c>
-      <c r="C37" s="78">
+      <c r="C37" s="64">
         <v>71.656828000000004</v>
       </c>
-      <c r="D37" s="77">
+      <c r="D37" s="63">
         <v>80.407632000000007</v>
       </c>
     </row>
-    <row r="38" spans="1:4" ht="15">
-      <c r="A38" s="69">
+    <row r="38" spans="1:4">
+      <c r="A38" s="55">
         <v>43282</v>
       </c>
-      <c r="B38" s="79">
+      <c r="B38" s="65">
         <v>8.4069120000000002</v>
       </c>
-      <c r="C38" s="78">
+      <c r="C38" s="64">
         <v>77.580337</v>
       </c>
-      <c r="D38" s="77">
+      <c r="D38" s="63">
         <v>85.987249000000006</v>
       </c>
     </row>
-    <row r="39" spans="1:4" ht="15">
-      <c r="A39" s="69">
+    <row r="39" spans="1:4">
+      <c r="A39" s="55">
         <v>43313</v>
       </c>
-      <c r="B39" s="79">
+      <c r="B39" s="65">
         <v>9.3783969999999997</v>
       </c>
-      <c r="C39" s="78">
+      <c r="C39" s="64">
         <v>81.243613999999994</v>
       </c>
-      <c r="D39" s="77">
+      <c r="D39" s="63">
         <v>90.622011000000001</v>
       </c>
     </row>
-    <row r="40" spans="1:4" ht="15">
-      <c r="A40" s="69">
+    <row r="40" spans="1:4">
+      <c r="A40" s="55">
         <v>43344</v>
       </c>
-      <c r="B40" s="79">
+      <c r="B40" s="65">
         <v>8.1790430000000001</v>
       </c>
-      <c r="C40" s="78">
+      <c r="C40" s="64">
         <v>74.078602000000004</v>
       </c>
-      <c r="D40" s="77">
+      <c r="D40" s="63">
         <v>82.257644999999997</v>
       </c>
     </row>
-    <row r="41" spans="1:4" ht="15">
-      <c r="A41" s="69">
+    <row r="41" spans="1:4">
+      <c r="A41" s="55">
         <v>43374</v>
       </c>
-      <c r="B41" s="79">
+      <c r="B41" s="65">
         <v>8.7218300000000006</v>
       </c>
-      <c r="C41" s="78">
+      <c r="C41" s="64">
         <v>79.596586000000002</v>
       </c>
-      <c r="D41" s="77">
+      <c r="D41" s="63">
         <v>88.318415999999999</v>
       </c>
     </row>
-    <row r="42" spans="1:4" ht="15">
-      <c r="A42" s="69">
+    <row r="42" spans="1:4">
+      <c r="A42" s="55">
         <v>43405</v>
       </c>
-      <c r="B42" s="79">
+      <c r="B42" s="65">
         <v>9.3758730000000003</v>
       </c>
-      <c r="C42" s="78">
+      <c r="C42" s="64">
         <v>96.466532000000001</v>
       </c>
-      <c r="D42" s="77">
+      <c r="D42" s="63">
         <v>105.842404</v>
       </c>
     </row>
-    <row r="43" spans="1:4" ht="15">
-      <c r="A43" s="69">
+    <row r="43" spans="1:4">
+      <c r="A43" s="55">
         <v>43435</v>
       </c>
-      <c r="B43" s="79">
+      <c r="B43" s="65">
         <v>8.8727850000000004</v>
       </c>
-      <c r="C43" s="78">
+      <c r="C43" s="64">
         <v>76.265589000000006</v>
       </c>
-      <c r="D43" s="77">
+      <c r="D43" s="63">
         <v>85.138373999999999</v>
       </c>
     </row>
-    <row r="44" spans="1:4" ht="15">
-      <c r="A44" s="69">
+    <row r="44" spans="1:4">
+      <c r="A44" s="55">
         <v>43466</v>
       </c>
-      <c r="B44" s="79">
+      <c r="B44" s="65">
         <v>7.8972199999999999</v>
       </c>
-      <c r="C44" s="78">
+      <c r="C44" s="64">
         <v>59.392204999999997</v>
       </c>
-      <c r="D44" s="77">
+      <c r="D44" s="63">
         <v>67.289424999999994</v>
       </c>
     </row>
-    <row r="45" spans="1:4" ht="15">
-      <c r="A45" s="69">
+    <row r="45" spans="1:4">
+      <c r="A45" s="55">
         <v>43497</v>
       </c>
-      <c r="B45" s="79">
+      <c r="B45" s="65">
         <v>9.3681140000000003</v>
       </c>
-      <c r="C45" s="78">
+      <c r="C45" s="64">
         <v>80.929395</v>
       </c>
-      <c r="D45" s="77">
+      <c r="D45" s="63">
         <v>90.297510000000003</v>
       </c>
     </row>
-    <row r="46" spans="1:4" ht="15">
-      <c r="A46" s="69">
+    <row r="46" spans="1:4">
+      <c r="A46" s="55">
         <v>43525</v>
       </c>
-      <c r="B46" s="79">
+      <c r="B46" s="65">
         <v>10.243316</v>
       </c>
-      <c r="C46" s="78">
+      <c r="C46" s="64">
         <v>95.086179000000001</v>
       </c>
-      <c r="D46" s="77">
+      <c r="D46" s="63">
         <v>105.329494</v>
       </c>
     </row>
-    <row r="47" spans="1:4" ht="15">
-      <c r="A47" s="69">
+    <row r="47" spans="1:4">
+      <c r="A47" s="55">
         <v>43556</v>
       </c>
-      <c r="B47" s="79">
+      <c r="B47" s="65">
         <v>7.5453570000000001</v>
       </c>
-      <c r="C47" s="78">
+      <c r="C47" s="64">
         <v>78.670019999999994</v>
       </c>
-      <c r="D47" s="77">
+      <c r="D47" s="63">
         <v>86.215377000000004</v>
       </c>
     </row>
-    <row r="48" spans="1:4" ht="15">
-      <c r="A48" s="69">
+    <row r="48" spans="1:4">
+      <c r="A48" s="55">
         <v>43586</v>
       </c>
-      <c r="B48" s="79">
+      <c r="B48" s="65">
         <v>9.3509609999999999</v>
       </c>
-      <c r="C48" s="78">
+      <c r="C48" s="64">
         <v>105.55879299999999</v>
       </c>
-      <c r="D48" s="77">
+      <c r="D48" s="63">
         <v>114.90975400000001</v>
       </c>
     </row>
-    <row r="49" spans="1:4" ht="15">
-      <c r="A49" s="69">
+    <row r="49" spans="1:4">
+      <c r="A49" s="55">
         <v>43617</v>
       </c>
-      <c r="B49" s="79">
+      <c r="B49" s="65">
         <v>7.1289889999999998</v>
       </c>
-      <c r="C49" s="78">
+      <c r="C49" s="64">
         <v>82.014567999999997</v>
       </c>
-      <c r="D49" s="77">
+      <c r="D49" s="63">
         <v>89.143557000000001</v>
       </c>
     </row>
-    <row r="50" spans="1:4" ht="15">
-      <c r="A50" s="69">
+    <row r="50" spans="1:4">
+      <c r="A50" s="55">
         <v>43647</v>
       </c>
-      <c r="B50" s="79">
+      <c r="B50" s="65">
         <v>9.7422029999999999</v>
       </c>
-      <c r="C50" s="78">
+      <c r="C50" s="64">
         <v>100.09986499999999</v>
       </c>
-      <c r="D50" s="77">
+      <c r="D50" s="63">
         <v>109.842069</v>
       </c>
     </row>
-    <row r="51" spans="1:4" ht="15">
-      <c r="A51" s="69">
+    <row r="51" spans="1:4">
+      <c r="A51" s="55">
         <v>43678</v>
       </c>
-      <c r="B51" s="79">
+      <c r="B51" s="65">
         <v>8.9914140000000007</v>
       </c>
-      <c r="C51" s="78">
+      <c r="C51" s="64">
         <v>93.621530000000007</v>
       </c>
-      <c r="D51" s="77">
+      <c r="D51" s="63">
         <v>102.612943</v>
       </c>
     </row>
-    <row r="52" spans="1:4" ht="15">
-      <c r="A52" s="69">
+    <row r="52" spans="1:4">
+      <c r="A52" s="55">
         <v>43709</v>
       </c>
-      <c r="B52" s="79">
+      <c r="B52" s="65">
         <v>8.7448180000000004</v>
       </c>
-      <c r="C52" s="78">
+      <c r="C52" s="64">
         <v>89.146229000000005</v>
       </c>
-      <c r="D52" s="77">
+      <c r="D52" s="63">
         <v>97.891047999999998</v>
       </c>
     </row>
-    <row r="53" spans="1:4" ht="15">
-      <c r="A53" s="69">
+    <row r="53" spans="1:4">
+      <c r="A53" s="55">
         <v>43739</v>
       </c>
-      <c r="B53" s="79">
+      <c r="B53" s="65">
         <v>9.7455999999999996</v>
       </c>
-      <c r="C53" s="78">
+      <c r="C53" s="64">
         <v>100.88457099999999</v>
       </c>
-      <c r="D53" s="77">
+      <c r="D53" s="63">
         <v>110.630171</v>
       </c>
     </row>
-    <row r="54" spans="1:4" ht="15">
-      <c r="A54" s="69">
+    <row r="54" spans="1:4">
+      <c r="A54" s="55">
         <v>43770</v>
       </c>
-      <c r="B54" s="79">
+      <c r="B54" s="65">
         <v>9.0689729999999997</v>
       </c>
-      <c r="C54" s="78">
+      <c r="C54" s="64">
         <v>110.961035</v>
       </c>
-      <c r="D54" s="77">
+      <c r="D54" s="63">
         <v>120.030008</v>
       </c>
     </row>
-    <row r="55" spans="1:4" ht="15">
-      <c r="A55" s="69">
+    <row r="55" spans="1:4">
+      <c r="A55" s="55">
         <v>43800</v>
       </c>
-      <c r="B55" s="79">
+      <c r="B55" s="65">
         <v>11.640902000000001</v>
       </c>
-      <c r="C55" s="78">
+      <c r="C55" s="64">
         <v>116.17056700000001</v>
       </c>
-      <c r="D55" s="77">
+      <c r="D55" s="63">
         <v>127.81147</v>
       </c>
     </row>
-    <row r="56" spans="1:4" ht="15">
-      <c r="A56" s="69">
+    <row r="56" spans="1:4">
+      <c r="A56" s="55">
         <v>43831</v>
       </c>
-      <c r="B56" s="79">
+      <c r="B56" s="65">
         <v>8.6548610000000004</v>
       </c>
-      <c r="C56" s="78">
+      <c r="C56" s="64">
         <v>79.949113999999994</v>
       </c>
-      <c r="D56" s="77">
+      <c r="D56" s="63">
         <v>88.603975000000005</v>
       </c>
     </row>
-    <row r="57" spans="1:4" ht="15">
-      <c r="A57" s="69">
+    <row r="57" spans="1:4">
+      <c r="A57" s="55">
         <v>43862</v>
       </c>
-      <c r="B57" s="79">
+      <c r="B57" s="65">
         <v>8.4168540000000007</v>
       </c>
-      <c r="C57" s="78">
+      <c r="C57" s="64">
         <v>96.621585999999994</v>
       </c>
-      <c r="D57" s="77">
+      <c r="D57" s="63">
         <v>105.03843999999999</v>
       </c>
     </row>
-    <row r="58" spans="1:4" ht="15">
-      <c r="A58" s="69">
+    <row r="58" spans="1:4">
+      <c r="A58" s="55">
         <v>43891</v>
       </c>
-      <c r="B58" s="79">
+      <c r="B58" s="65">
         <v>12.722581999999999</v>
       </c>
-      <c r="C58" s="78">
+      <c r="C58" s="64">
         <v>151.906184</v>
       </c>
-      <c r="D58" s="77">
+      <c r="D58" s="63">
         <v>164.62876600000001</v>
       </c>
     </row>
-    <row r="59" spans="1:4" ht="15">
-      <c r="A59" s="69">
+    <row r="59" spans="1:4">
+      <c r="A59" s="55">
         <v>43922</v>
       </c>
-      <c r="B59" s="79">
+      <c r="B59" s="65">
         <v>13.778921</v>
       </c>
-      <c r="C59" s="78">
+      <c r="C59" s="64">
         <v>37.235776999999999</v>
       </c>
-      <c r="D59" s="77">
+      <c r="D59" s="63">
         <v>51.014698000000003</v>
       </c>
     </row>
-    <row r="60" spans="1:4" ht="15">
-      <c r="A60" s="69">
+    <row r="60" spans="1:4">
+      <c r="A60" s="55">
         <v>43952</v>
       </c>
-      <c r="B60" s="79">
+      <c r="B60" s="65">
         <v>12.95153</v>
       </c>
-      <c r="C60" s="78">
+      <c r="C60" s="64">
         <v>63.752434000000001</v>
       </c>
-      <c r="D60" s="77">
+      <c r="D60" s="63">
         <v>76.703963999999999</v>
       </c>
     </row>
-    <row r="61" spans="1:4" ht="15">
-      <c r="A61" s="69">
+    <row r="61" spans="1:4">
+      <c r="A61" s="55">
         <v>43983</v>
       </c>
-      <c r="B61" s="79">
+      <c r="B61" s="65">
         <v>11.838255999999999</v>
       </c>
-      <c r="C61" s="78">
+      <c r="C61" s="64">
         <v>103.79789700000001</v>
       </c>
-      <c r="D61" s="77">
+      <c r="D61" s="63">
         <v>115.63615299999999</v>
       </c>
     </row>
-    <row r="62" spans="1:4" ht="15">
-      <c r="A62" s="69">
+    <row r="62" spans="1:4">
+      <c r="A62" s="55">
         <v>44013</v>
       </c>
-      <c r="B62" s="79">
+      <c r="B62" s="65">
         <v>14.975498</v>
       </c>
-      <c r="C62" s="78">
+      <c r="C62" s="64">
         <v>128.51995700000001</v>
       </c>
-      <c r="D62" s="77">
+      <c r="D62" s="63">
         <v>143.495454</v>
       </c>
     </row>
-    <row r="63" spans="1:4" ht="15">
-      <c r="A63" s="69">
+    <row r="63" spans="1:4">
+      <c r="A63" s="55">
         <v>44044</v>
       </c>
-      <c r="B63" s="79">
+      <c r="B63" s="65">
         <v>14.366059999999999</v>
       </c>
-      <c r="C63" s="78">
+      <c r="C63" s="64">
         <v>127.56248100000001</v>
       </c>
-      <c r="D63" s="77">
+      <c r="D63" s="63">
         <v>141.928541</v>
       </c>
     </row>
-    <row r="64" spans="1:4" ht="15">
-      <c r="A64" s="69">
+    <row r="64" spans="1:4">
+      <c r="A64" s="55">
         <v>44075</v>
       </c>
-      <c r="B64" s="79">
+      <c r="B64" s="65">
         <v>14.26613</v>
       </c>
-      <c r="C64" s="78">
+      <c r="C64" s="64">
         <v>137.354906</v>
       </c>
-      <c r="D64" s="77">
+      <c r="D64" s="63">
         <v>151.621036</v>
       </c>
     </row>
-    <row r="65" spans="1:4" ht="15">
-      <c r="A65" s="69">
+    <row r="65" spans="1:4">
+      <c r="A65" s="55">
         <v>44105</v>
       </c>
-      <c r="B65" s="79">
+      <c r="B65" s="65">
         <v>13.580546999999999</v>
       </c>
-      <c r="C65" s="78">
+      <c r="C65" s="64">
         <v>138.54025200000001</v>
       </c>
-      <c r="D65" s="77">
+      <c r="D65" s="63">
         <v>152.12079800000001</v>
       </c>
     </row>
-    <row r="66" spans="1:4" ht="15">
-      <c r="A66" s="69">
+    <row r="66" spans="1:4">
+      <c r="A66" s="55">
         <v>44136</v>
       </c>
-      <c r="B66" s="79">
+      <c r="B66" s="65">
         <v>14.018515000000001</v>
       </c>
-      <c r="C66" s="78">
+      <c r="C66" s="64">
         <v>144.68599599999999</v>
       </c>
-      <c r="D66" s="77">
+      <c r="D66" s="63">
         <v>158.704511</v>
       </c>
     </row>
-    <row r="67" spans="1:4" ht="15">
-      <c r="A67" s="69">
+    <row r="67" spans="1:4">
+      <c r="A67" s="55">
         <v>44166</v>
       </c>
-      <c r="B67" s="79">
+      <c r="B67" s="65">
         <v>16.366347999999999</v>
       </c>
-      <c r="C67" s="78">
+      <c r="C67" s="64">
         <v>143.49728500000001</v>
       </c>
-      <c r="D67" s="77">
+      <c r="D67" s="63">
         <v>159.86363299999999</v>
       </c>
     </row>
-    <row r="68" spans="1:4" ht="15">
-      <c r="A68" s="69">
+    <row r="68" spans="1:4">
+      <c r="A68" s="55">
         <v>44197</v>
       </c>
-      <c r="B68" s="79">
+      <c r="B68" s="65">
         <v>8.8565959999999997</v>
       </c>
-      <c r="C68" s="78">
+      <c r="C68" s="64">
         <v>95.456035999999997</v>
       </c>
-      <c r="D68" s="77">
+      <c r="D68" s="63">
         <v>104.31263199999999</v>
       </c>
     </row>
-    <row r="69" spans="1:4" ht="15">
-      <c r="A69" s="69">
+    <row r="69" spans="1:4">
+      <c r="A69" s="55">
         <v>44228</v>
       </c>
-      <c r="B69" s="79">
+      <c r="B69" s="65">
         <v>10.025257</v>
       </c>
-      <c r="C69" s="78">
+      <c r="C69" s="64">
         <v>106.645904</v>
       </c>
-      <c r="D69" s="77">
+      <c r="D69" s="63">
         <v>116.671161</v>
       </c>
     </row>
-    <row r="70" spans="1:4" ht="15">
-      <c r="A70" s="69">
+    <row r="70" spans="1:4">
+      <c r="A70" s="55">
         <v>44256</v>
       </c>
-      <c r="B70" s="79">
+      <c r="B70" s="65">
         <v>12.371029999999999</v>
       </c>
-      <c r="C70" s="78">
+      <c r="C70" s="64">
         <v>159.01843700000001</v>
       </c>
-      <c r="D70" s="77">
+      <c r="D70" s="63">
         <v>171.389466</v>
       </c>
     </row>
-    <row r="71" spans="1:4" ht="15">
-      <c r="A71" s="69">
+    <row r="71" spans="1:4">
+      <c r="A71" s="55">
         <v>44287</v>
       </c>
-      <c r="B71" s="79">
+      <c r="B71" s="65">
         <v>8.6670839999999991</v>
       </c>
-      <c r="C71" s="78">
+      <c r="C71" s="64">
         <v>125.97189899999999</v>
       </c>
-      <c r="D71" s="77">
+      <c r="D71" s="63">
         <v>134.638983</v>
       </c>
     </row>
-    <row r="72" spans="1:4" ht="15">
-      <c r="A72" s="69">
+    <row r="72" spans="1:4">
+      <c r="A72" s="55">
         <v>44317</v>
       </c>
-      <c r="B72" s="79">
+      <c r="B72" s="65">
         <v>8.2855220000000003</v>
       </c>
-      <c r="C72" s="78">
+      <c r="C72" s="64">
         <v>150.874224</v>
       </c>
-      <c r="D72" s="77">
+      <c r="D72" s="63">
         <v>159.15974499999999</v>
       </c>
     </row>
-    <row r="73" spans="1:4" ht="15">
-      <c r="A73" s="69">
+    <row r="73" spans="1:4">
+      <c r="A73" s="55">
         <v>44348</v>
       </c>
-      <c r="B73" s="79">
+      <c r="B73" s="65">
         <v>9.2559729999999991</v>
       </c>
-      <c r="C73" s="78">
+      <c r="C73" s="64">
         <v>137.502962</v>
       </c>
-      <c r="D73" s="77">
+      <c r="D73" s="63">
         <v>146.75893500000001</v>
       </c>
     </row>
-    <row r="74" spans="1:4" ht="15">
-      <c r="A74" s="69">
+    <row r="74" spans="1:4">
+      <c r="A74" s="55">
         <v>44378</v>
       </c>
-      <c r="B74" s="79">
+      <c r="B74" s="65">
         <v>8.5854169999999996</v>
       </c>
-      <c r="C74" s="78">
+      <c r="C74" s="64">
         <v>136.95955699999999</v>
       </c>
-      <c r="D74" s="77">
+      <c r="D74" s="63">
         <v>145.544973</v>
       </c>
     </row>
-    <row r="75" spans="1:4" ht="15">
-      <c r="A75" s="69">
+    <row r="75" spans="1:4">
+      <c r="A75" s="55">
         <v>44409</v>
       </c>
-      <c r="B75" s="79">
+      <c r="B75" s="65">
         <v>8.5577640000000006</v>
       </c>
-      <c r="C75" s="78">
+      <c r="C75" s="64">
         <v>119.13911</v>
       </c>
-      <c r="D75" s="77">
+      <c r="D75" s="63">
         <v>127.69687399999999</v>
       </c>
     </row>
-    <row r="76" spans="1:4" ht="15">
-      <c r="A76" s="69">
+    <row r="76" spans="1:4">
+      <c r="A76" s="55">
         <v>44440</v>
       </c>
-      <c r="B76" s="79">
+      <c r="B76" s="65">
         <v>6.7675090000000004</v>
       </c>
-      <c r="C76" s="78">
+      <c r="C76" s="64">
         <v>100.028931</v>
       </c>
-      <c r="D76" s="77">
+      <c r="D76" s="63">
         <v>106.79644</v>
       </c>
     </row>
-    <row r="77" spans="1:4" ht="15">
-      <c r="A77" s="69">
+    <row r="77" spans="1:4">
+      <c r="A77" s="55">
         <v>44470</v>
       </c>
-      <c r="B77" s="79">
+      <c r="B77" s="65">
         <v>7.5907249999999999</v>
       </c>
-      <c r="C77" s="78">
+      <c r="C77" s="64">
         <v>118.379222</v>
       </c>
-      <c r="D77" s="77">
+      <c r="D77" s="63">
         <v>125.969947</v>
       </c>
     </row>
-    <row r="78" spans="1:4" ht="15">
-      <c r="A78" s="69">
+    <row r="78" spans="1:4">
+      <c r="A78" s="55">
         <v>44501</v>
       </c>
-      <c r="B78" s="79">
+      <c r="B78" s="65">
         <v>8.7782689999999999</v>
       </c>
-      <c r="C78" s="78">
+      <c r="C78" s="64">
         <v>143.15696199999999</v>
       </c>
-      <c r="D78" s="77">
+      <c r="D78" s="63">
         <v>151.93523099999999</v>
       </c>
     </row>
-    <row r="79" spans="1:4" ht="15">
-      <c r="A79" s="69">
+    <row r="79" spans="1:4">
+      <c r="A79" s="55">
         <v>44531</v>
       </c>
-      <c r="B79" s="79">
+      <c r="B79" s="65">
         <v>10.830556</v>
       </c>
-      <c r="C79" s="78">
+      <c r="C79" s="64">
         <v>124.410872</v>
       </c>
-      <c r="D79" s="77">
+      <c r="D79" s="63">
         <v>135.24142800000001</v>
       </c>
     </row>
-    <row r="80" spans="1:4" ht="15">
-      <c r="A80" s="69">
+    <row r="80" spans="1:4">
+      <c r="A80" s="55">
         <v>44562</v>
       </c>
-      <c r="B80" s="79">
+      <c r="B80" s="65">
         <v>5.9540870000000004</v>
       </c>
-      <c r="C80" s="78">
+      <c r="C80" s="64">
         <v>76.220327999999995</v>
       </c>
-      <c r="D80" s="77">
+      <c r="D80" s="63">
         <v>82.174414999999996</v>
       </c>
     </row>
-    <row r="81" spans="1:8" ht="15">
-      <c r="A81" s="69">
+    <row r="81" spans="1:8">
+      <c r="A81" s="55">
         <v>44593</v>
       </c>
-      <c r="B81" s="79">
+      <c r="B81" s="65">
         <v>8.1955469999999995</v>
       </c>
-      <c r="C81" s="78">
+      <c r="C81" s="64">
         <v>73.058250999999998</v>
       </c>
-      <c r="D81" s="77">
+      <c r="D81" s="63">
         <v>81.253799000000001</v>
       </c>
     </row>
-    <row r="82" spans="1:8" ht="15">
-      <c r="A82" s="69">
+    <row r="82" spans="1:8">
+      <c r="A82" s="55">
         <v>44621</v>
       </c>
-      <c r="B82" s="79">
+      <c r="B82" s="65">
         <v>10.6793</v>
       </c>
-      <c r="C82" s="78">
+      <c r="C82" s="64">
         <v>102.137908</v>
       </c>
-      <c r="D82" s="77">
+      <c r="D82" s="63">
         <v>112.81720799999999</v>
       </c>
     </row>
-    <row r="83" spans="1:8" ht="15">
-      <c r="A83" s="69">
+    <row r="83" spans="1:8">
+      <c r="A83" s="55">
         <v>44652</v>
       </c>
-      <c r="B83" s="79">
+      <c r="B83" s="65">
         <v>7.9365139999999998</v>
       </c>
-      <c r="C83" s="78">
+      <c r="C83" s="64">
         <v>71.992677</v>
       </c>
-      <c r="D83" s="77">
+      <c r="D83" s="63">
         <v>79.929191000000003</v>
       </c>
     </row>
-    <row r="84" spans="1:8" ht="15">
-      <c r="A84" s="69">
+    <row r="84" spans="1:8">
+      <c r="A84" s="55">
         <v>44682</v>
       </c>
-      <c r="B84" s="79">
+      <c r="B84" s="65">
         <v>8.9241440000000001</v>
       </c>
-      <c r="C84" s="78">
+      <c r="C84" s="64">
         <v>89.844598000000005</v>
       </c>
-      <c r="D84" s="77">
+      <c r="D84" s="63">
         <v>98.768742000000003</v>
       </c>
     </row>
-    <row r="85" spans="1:8" ht="15">
-      <c r="A85" s="69">
+    <row r="85" spans="1:8">
+      <c r="A85" s="55">
         <v>44713</v>
       </c>
-      <c r="B85" s="79">
+      <c r="B85" s="65">
         <v>7.8724189999999998</v>
       </c>
-      <c r="C85" s="78">
+      <c r="C85" s="64">
         <v>77.583043000000004</v>
       </c>
-      <c r="D85" s="77">
+      <c r="D85" s="63">
         <v>85.455461999999997</v>
       </c>
     </row>
-    <row r="86" spans="1:8" ht="15">
-      <c r="A86" s="69">
+    <row r="86" spans="1:8">
+      <c r="A86" s="55">
         <v>44743</v>
       </c>
-      <c r="B86" s="79">
+      <c r="B86" s="65">
         <v>8.7344860000000004</v>
       </c>
-      <c r="C86" s="78">
+      <c r="C86" s="64">
         <v>73.918751999999998</v>
       </c>
-      <c r="D86" s="77">
+      <c r="D86" s="63">
         <v>82.653238000000002</v>
       </c>
-      <c r="E86" s="70"/>
-[...3 lines deleted...]
-      <c r="A87" s="69">
+      <c r="E86" s="56"/>
+      <c r="H86" s="57"/>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" s="55">
         <v>44774</v>
       </c>
-      <c r="B87" s="79">
+      <c r="B87" s="65">
         <v>11.016928</v>
       </c>
-      <c r="C87" s="78">
+      <c r="C87" s="64">
         <v>81.324394999999996</v>
       </c>
-      <c r="D87" s="77">
+      <c r="D87" s="63">
         <v>92.341323000000003</v>
       </c>
     </row>
-    <row r="88" spans="1:8" ht="15">
-      <c r="A88" s="69">
+    <row r="88" spans="1:8">
+      <c r="A88" s="55">
         <v>44805</v>
       </c>
-      <c r="B88" s="79">
+      <c r="B88" s="65">
         <v>11.190972</v>
       </c>
-      <c r="C88" s="78">
+      <c r="C88" s="64">
         <v>70.025756000000001</v>
       </c>
-      <c r="D88" s="77">
+      <c r="D88" s="63">
         <v>81.216728000000003</v>
       </c>
     </row>
-    <row r="89" spans="1:8" ht="15">
-      <c r="A89" s="69">
+    <row r="89" spans="1:8">
+      <c r="A89" s="55">
         <v>44835</v>
       </c>
-      <c r="B89" s="79">
+      <c r="B89" s="65">
         <v>10.341234</v>
       </c>
-      <c r="C89" s="78">
+      <c r="C89" s="64">
         <v>77.686188999999999</v>
       </c>
-      <c r="D89" s="77">
+      <c r="D89" s="63">
         <v>88.027422999999999</v>
       </c>
     </row>
-    <row r="90" spans="1:8" ht="15">
-      <c r="A90" s="69">
+    <row r="90" spans="1:8">
+      <c r="A90" s="55">
         <v>44866</v>
       </c>
-      <c r="B90" s="79">
+      <c r="B90" s="65">
         <v>13.20397</v>
       </c>
-      <c r="C90" s="78">
+      <c r="C90" s="64">
         <v>89.034011000000007</v>
       </c>
-      <c r="D90" s="77">
+      <c r="D90" s="63">
         <v>102.237981</v>
       </c>
     </row>
-    <row r="91" spans="1:8" ht="15">
-      <c r="A91" s="69">
+    <row r="91" spans="1:8">
+      <c r="A91" s="55">
         <v>44896</v>
       </c>
-      <c r="B91" s="79">
+      <c r="B91" s="65">
         <v>14.469448999999999</v>
       </c>
-      <c r="C91" s="78">
+      <c r="C91" s="64">
         <v>80.934662000000003</v>
       </c>
-      <c r="D91" s="77">
+      <c r="D91" s="63">
         <v>95.404111</v>
       </c>
     </row>
-    <row r="92" spans="1:8" ht="15">
-      <c r="A92" s="69">
+    <row r="92" spans="1:8">
+      <c r="A92" s="55">
         <v>44927</v>
       </c>
-      <c r="B92" s="79">
+      <c r="B92" s="65">
         <v>9.3636300000000006</v>
       </c>
-      <c r="C92" s="78">
+      <c r="C92" s="64">
         <v>48.220289999999999</v>
       </c>
-      <c r="D92" s="77">
+      <c r="D92" s="63">
         <v>57.583919999999999</v>
       </c>
     </row>
-    <row r="93" spans="1:8" ht="15">
-      <c r="A93" s="69">
+    <row r="93" spans="1:8">
+      <c r="A93" s="55">
         <v>44958</v>
       </c>
-      <c r="B93" s="79">
+      <c r="B93" s="65">
         <v>13.550846</v>
       </c>
-      <c r="C93" s="78">
+      <c r="C93" s="64">
         <v>63.336333000000003</v>
       </c>
-      <c r="D93" s="77">
+      <c r="D93" s="63">
         <v>76.887179000000003</v>
       </c>
     </row>
-    <row r="94" spans="1:8" ht="15">
-      <c r="A94" s="69">
+    <row r="94" spans="1:8">
+      <c r="A94" s="55">
         <v>44986</v>
       </c>
-      <c r="B94" s="79">
+      <c r="B94" s="65">
         <v>20.291093</v>
       </c>
-      <c r="C94" s="78">
+      <c r="C94" s="64">
         <v>88.329635999999994</v>
       </c>
-      <c r="D94" s="77">
+      <c r="D94" s="63">
         <v>108.620729</v>
       </c>
     </row>
-    <row r="95" spans="1:8" ht="15">
-      <c r="A95" s="69">
+    <row r="95" spans="1:8">
+      <c r="A95" s="55">
         <v>45017</v>
       </c>
-      <c r="B95" s="79">
+      <c r="B95" s="65">
         <v>14.136967</v>
       </c>
-      <c r="C95" s="78">
+      <c r="C95" s="64">
         <v>73.251318999999995</v>
       </c>
-      <c r="D95" s="77">
+      <c r="D95" s="63">
         <v>87.388285999999994</v>
       </c>
     </row>
-    <row r="96" spans="1:8" ht="15">
-      <c r="A96" s="69">
+    <row r="96" spans="1:8">
+      <c r="A96" s="55">
         <v>45047</v>
       </c>
-      <c r="B96" s="79">
+      <c r="B96" s="65">
         <v>20.394673999999998</v>
       </c>
-      <c r="C96" s="78">
+      <c r="C96" s="64">
         <v>106.19244999999999</v>
       </c>
-      <c r="D96" s="77">
+      <c r="D96" s="63">
         <v>126.587124</v>
       </c>
     </row>
-    <row r="97" spans="1:5" ht="15">
-      <c r="A97" s="69">
+    <row r="97" spans="1:5">
+      <c r="A97" s="55">
         <v>45078</v>
       </c>
-      <c r="B97" s="79">
+      <c r="B97" s="65">
         <v>18.029879000000001</v>
       </c>
-      <c r="C97" s="78">
+      <c r="C97" s="64">
         <v>99.823671000000004</v>
       </c>
-      <c r="D97" s="77">
+      <c r="D97" s="63">
         <v>117.853549</v>
       </c>
-      <c r="E97" s="70"/>
-[...2 lines deleted...]
-      <c r="A98" s="69">
+      <c r="E97" s="56"/>
+    </row>
+    <row r="98" spans="1:5">
+      <c r="A98" s="55">
         <v>45108</v>
       </c>
-      <c r="B98" s="79">
+      <c r="B98" s="65">
         <v>17.634558999999999</v>
       </c>
-      <c r="C98" s="78">
+      <c r="C98" s="64">
         <v>95.953425999999993</v>
       </c>
-      <c r="D98" s="77">
+      <c r="D98" s="63">
         <v>113.587985</v>
       </c>
-      <c r="E98" s="70"/>
-[...2 lines deleted...]
-      <c r="A99" s="69">
+      <c r="E98" s="56"/>
+    </row>
+    <row r="99" spans="1:5">
+      <c r="A99" s="55">
         <v>45139</v>
       </c>
-      <c r="B99" s="79">
+      <c r="B99" s="65">
         <v>21.760591999999999</v>
       </c>
-      <c r="C99" s="78">
+      <c r="C99" s="64">
         <v>110.769972</v>
       </c>
-      <c r="D99" s="77">
+      <c r="D99" s="63">
         <v>132.530564</v>
       </c>
-      <c r="E99" s="70"/>
-[...2 lines deleted...]
-      <c r="A100" s="69">
+      <c r="E99" s="56"/>
+    </row>
+    <row r="100" spans="1:5">
+      <c r="A100" s="55">
         <v>45170</v>
       </c>
-      <c r="B100" s="79">
+      <c r="B100" s="65">
         <v>21.903071000000001</v>
       </c>
-      <c r="C100" s="78">
+      <c r="C100" s="64">
         <v>99.691851999999997</v>
       </c>
-      <c r="D100" s="77">
+      <c r="D100" s="63">
         <v>121.59492299999999</v>
       </c>
     </row>
-    <row r="101" spans="1:5" ht="15">
-      <c r="A101" s="69">
+    <row r="101" spans="1:5">
+      <c r="A101" s="55">
         <v>45200</v>
       </c>
-      <c r="B101" s="79">
+      <c r="B101" s="65">
         <v>21.494548000000002</v>
       </c>
-      <c r="C101" s="78">
+      <c r="C101" s="64">
         <v>104.70875700000001</v>
       </c>
-      <c r="D101" s="77">
+      <c r="D101" s="63">
         <v>126.203305</v>
       </c>
     </row>
-    <row r="102" spans="1:5" ht="15">
-      <c r="A102" s="69">
+    <row r="102" spans="1:5">
+      <c r="A102" s="55">
         <v>45231</v>
       </c>
-      <c r="B102" s="79">
+      <c r="B102" s="65">
         <v>24.823035999999998</v>
       </c>
-      <c r="C102" s="78">
+      <c r="C102" s="64">
         <v>128.82051999999999</v>
       </c>
-      <c r="D102" s="77">
+      <c r="D102" s="63">
         <v>153.64355599999999</v>
       </c>
     </row>
-    <row r="103" spans="1:5" ht="15">
-      <c r="A103" s="69">
+    <row r="103" spans="1:5">
+      <c r="A103" s="55">
         <v>45261</v>
       </c>
-      <c r="B103" s="79">
+      <c r="B103" s="65">
         <v>26.883858</v>
       </c>
-      <c r="C103" s="78">
+      <c r="C103" s="64">
         <v>110.12214899999999</v>
       </c>
-      <c r="D103" s="77">
+      <c r="D103" s="63">
         <v>137.00600700000001</v>
       </c>
     </row>
-    <row r="104" spans="1:5" ht="15">
-      <c r="A104" s="69">
+    <row r="104" spans="1:5">
+      <c r="A104" s="55">
         <v>45292</v>
       </c>
-      <c r="B104" s="79">
+      <c r="B104" s="65">
         <v>19.735351999999999</v>
       </c>
-      <c r="C104" s="78">
+      <c r="C104" s="64">
         <v>77.522706999999997</v>
       </c>
-      <c r="D104" s="77">
+      <c r="D104" s="63">
         <v>97.258058000000005</v>
       </c>
     </row>
-    <row r="105" spans="1:5" ht="15">
-      <c r="A105" s="69">
+    <row r="105" spans="1:5">
+      <c r="A105" s="55">
         <v>45323</v>
       </c>
-      <c r="B105" s="79">
+      <c r="B105" s="65">
         <v>26.435977000000001</v>
       </c>
-      <c r="C105" s="78">
+      <c r="C105" s="64">
         <v>105.53362199999999</v>
       </c>
-      <c r="D105" s="77">
+      <c r="D105" s="63">
         <v>131.96959899999999</v>
       </c>
     </row>
-    <row r="106" spans="1:5" ht="15">
-      <c r="A106" s="69">
+    <row r="106" spans="1:5">
+      <c r="A106" s="55">
         <v>45352</v>
       </c>
-      <c r="B106" s="79">
+      <c r="B106" s="65">
         <v>29.284758</v>
       </c>
-      <c r="C106" s="78">
+      <c r="C106" s="64">
         <v>143.682344</v>
       </c>
-      <c r="D106" s="77">
+      <c r="D106" s="63">
         <v>172.96710100000001</v>
       </c>
     </row>
-    <row r="107" spans="1:5" ht="15">
-      <c r="A107" s="69">
+    <row r="107" spans="1:5">
+      <c r="A107" s="55">
         <v>45383</v>
       </c>
-      <c r="B107" s="78">
+      <c r="B107" s="64">
         <v>30.147122</v>
       </c>
-      <c r="C107" s="78">
+      <c r="C107" s="64">
         <v>129.080986</v>
       </c>
-      <c r="D107" s="77">
+      <c r="D107" s="63">
         <v>159.22810799999999</v>
       </c>
     </row>
-    <row r="108" spans="1:5" ht="15">
-      <c r="A108" s="69">
+    <row r="108" spans="1:5">
+      <c r="A108" s="55">
         <v>45413</v>
       </c>
-      <c r="B108" s="78">
+      <c r="B108" s="64">
         <v>32.695577</v>
       </c>
-      <c r="C108" s="78">
+      <c r="C108" s="64">
         <v>149.783872</v>
       </c>
-      <c r="D108" s="77">
+      <c r="D108" s="63">
         <v>182.47944899999999</v>
       </c>
     </row>
-    <row r="109" spans="1:5" ht="15">
-      <c r="A109" s="69">
+    <row r="109" spans="1:5">
+      <c r="A109" s="55">
         <v>45444</v>
       </c>
-      <c r="B109" s="78">
+      <c r="B109" s="64">
         <v>27.662756999999999</v>
       </c>
-      <c r="C109" s="78">
+      <c r="C109" s="64">
         <v>129.43061499999999</v>
       </c>
-      <c r="D109" s="77">
+      <c r="D109" s="63">
         <v>157.09337099999999</v>
       </c>
     </row>
-    <row r="110" spans="1:5" ht="15">
-      <c r="A110" s="69">
+    <row r="110" spans="1:5">
+      <c r="A110" s="55">
         <v>45474</v>
       </c>
-      <c r="B110" s="78">
+      <c r="B110" s="64">
         <v>35.930630999999998</v>
       </c>
-      <c r="C110" s="78">
+      <c r="C110" s="64">
         <v>155.40052600000001</v>
       </c>
-      <c r="D110" s="77">
+      <c r="D110" s="63">
         <v>191.33115699999999</v>
       </c>
     </row>
-    <row r="111" spans="1:5" ht="15">
-      <c r="A111" s="69">
+    <row r="111" spans="1:5">
+      <c r="A111" s="55">
         <v>45505</v>
       </c>
-      <c r="B111" s="78">
+      <c r="B111" s="64">
         <v>37.992562999999997</v>
       </c>
-      <c r="C111" s="78">
+      <c r="C111" s="64">
         <v>145.47542100000001</v>
       </c>
-      <c r="D111" s="77">
+      <c r="D111" s="63">
         <v>183.467984</v>
       </c>
     </row>
-    <row r="112" spans="1:5" ht="15">
-      <c r="A112" s="69">
+    <row r="112" spans="1:5">
+      <c r="A112" s="55">
         <v>45536</v>
       </c>
-      <c r="B112" s="78">
+      <c r="B112" s="64">
         <v>35.929716999999997</v>
       </c>
-      <c r="C112" s="78">
+      <c r="C112" s="64">
         <v>140.83266399999999</v>
       </c>
-      <c r="D112" s="77">
+      <c r="D112" s="63">
         <v>176.762381</v>
       </c>
     </row>
-    <row r="113" spans="1:4" ht="15">
-      <c r="A113" s="69">
+    <row r="113" spans="1:4">
+      <c r="A113" s="55">
         <v>45566</v>
       </c>
-      <c r="B113" s="78">
+      <c r="B113" s="64">
         <v>38.380245000000002</v>
       </c>
-      <c r="C113" s="78">
+      <c r="C113" s="64">
         <v>166.37877700000001</v>
       </c>
-      <c r="D113" s="77">
+      <c r="D113" s="63">
         <v>204.75902199999999</v>
       </c>
     </row>
-    <row r="114" spans="1:4" ht="15">
-      <c r="A114" s="69">
+    <row r="114" spans="1:4">
+      <c r="A114" s="55">
         <v>45597</v>
       </c>
-      <c r="B114" s="78">
+      <c r="B114" s="64">
         <v>43.575612999999997</v>
       </c>
-      <c r="C114" s="78">
+      <c r="C114" s="64">
         <v>178.610714</v>
       </c>
-      <c r="D114" s="77">
+      <c r="D114" s="63">
         <v>222.18632700000001</v>
       </c>
     </row>
-    <row r="115" spans="1:4" ht="15">
-      <c r="A115" s="69">
+    <row r="115" spans="1:4">
+      <c r="A115" s="55">
         <v>45627</v>
       </c>
-      <c r="B115" s="78">
+      <c r="B115" s="64">
         <v>46.006307</v>
       </c>
-      <c r="C115" s="78">
+      <c r="C115" s="64">
         <v>147.09971200000001</v>
       </c>
-      <c r="D115" s="77">
+      <c r="D115" s="63">
         <v>193.106019</v>
       </c>
     </row>
-    <row r="116" spans="1:4" ht="15">
-      <c r="A116" s="69">
+    <row r="116" spans="1:4">
+      <c r="A116" s="55">
         <v>45658</v>
       </c>
-      <c r="B116" s="78">
+      <c r="B116" s="64">
         <v>33.296858999999998</v>
       </c>
-      <c r="C116" s="78">
+      <c r="C116" s="64">
         <v>110.03765300000001</v>
       </c>
-      <c r="D116" s="77">
+      <c r="D116" s="63">
         <v>143.33451299999999</v>
       </c>
     </row>
-    <row r="117" spans="1:4" ht="15">
-      <c r="A117" s="69">
+    <row r="117" spans="1:4">
+      <c r="A117" s="55">
         <v>45689</v>
       </c>
-      <c r="B117" s="78">
+      <c r="B117" s="64">
         <v>36.970571</v>
       </c>
-      <c r="C117" s="78">
+      <c r="C117" s="64">
         <v>149.11568700000001</v>
       </c>
-      <c r="D117" s="77">
+      <c r="D117" s="63">
         <v>186.08625799999999</v>
       </c>
     </row>
-    <row r="118" spans="1:4" ht="15">
-      <c r="A118" s="69">
+    <row r="118" spans="1:4">
+      <c r="A118" s="55">
         <v>45717</v>
       </c>
-      <c r="B118" s="78">
+      <c r="B118" s="64">
         <v>44.314667</v>
       </c>
-      <c r="C118" s="78">
+      <c r="C118" s="64">
         <v>181.16876400000001</v>
       </c>
-      <c r="D118" s="77">
+      <c r="D118" s="63">
         <v>225.483431</v>
       </c>
     </row>
-    <row r="119" spans="1:4" ht="15">
-      <c r="A119" s="69">
+    <row r="119" spans="1:4">
+      <c r="A119" s="55">
         <v>45748</v>
       </c>
-      <c r="B119" s="78">
+      <c r="B119" s="64">
         <v>37.574635999999998</v>
       </c>
-      <c r="C119" s="78">
+      <c r="C119" s="64">
         <v>167.324467</v>
       </c>
-      <c r="D119" s="77">
+      <c r="D119" s="63">
         <v>204.899103</v>
       </c>
     </row>
-    <row r="120" spans="1:4" ht="15">
-      <c r="A120" s="69">
+    <row r="120" spans="1:4">
+      <c r="A120" s="55">
         <v>45778</v>
       </c>
-      <c r="B120" s="78">
+      <c r="B120" s="64">
         <v>44.233843999999998</v>
       </c>
-      <c r="C120" s="78">
+      <c r="C120" s="64">
         <v>189.958866</v>
       </c>
-      <c r="D120" s="77">
+      <c r="D120" s="63">
         <v>234.19271000000001</v>
       </c>
     </row>
-    <row r="121" spans="1:4" ht="15">
-      <c r="A121" s="69">
+    <row r="121" spans="1:4">
+      <c r="A121" s="55">
         <v>45809</v>
       </c>
-      <c r="B121" s="78">
+      <c r="B121" s="64">
         <v>36.490456999999999</v>
       </c>
-      <c r="C121" s="78">
+      <c r="C121" s="64">
         <v>155.321427</v>
       </c>
-      <c r="D121" s="77">
+      <c r="D121" s="63">
         <v>191.81188399999999</v>
       </c>
     </row>
-    <row r="122" spans="1:4" ht="15">
-      <c r="A122" s="69">
+    <row r="122" spans="1:4">
+      <c r="A122" s="55">
         <v>45839</v>
       </c>
-      <c r="B122" s="78">
+      <c r="B122" s="64">
         <v>43.217984189999996</v>
       </c>
-      <c r="C122" s="78">
+      <c r="C122" s="64">
         <v>191.63379015000001</v>
       </c>
-      <c r="D122" s="77">
+      <c r="D122" s="63">
         <v>234.85177433999999</v>
       </c>
     </row>
-    <row r="123" spans="1:4" ht="15">
-      <c r="A123" s="69">
+    <row r="123" spans="1:4">
+      <c r="A123" s="55">
         <v>45870</v>
       </c>
-      <c r="B123" s="78">
+      <c r="B123" s="64">
         <v>42.524652150000001</v>
       </c>
-      <c r="C123" s="78">
+      <c r="C123" s="64">
         <v>172.14871109999999</v>
       </c>
-      <c r="D123" s="77">
+      <c r="D123" s="63">
         <v>214.67336324999999</v>
       </c>
     </row>
-    <row r="124" spans="1:4" ht="15">
-      <c r="A124" s="69">
+    <row r="124" spans="1:4">
+      <c r="A124" s="55">
         <v>45901</v>
       </c>
-      <c r="B124" s="78">
+      <c r="B124" s="64">
         <v>48.945811159999998</v>
       </c>
-      <c r="C124" s="78">
+      <c r="C124" s="64">
         <v>185.1751069</v>
       </c>
-      <c r="D124" s="77">
+      <c r="D124" s="63">
         <v>234.12091806000001</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4">
+      <c r="A125" s="55">
+        <v>45931</v>
+      </c>
+      <c r="B125" s="64">
+        <v>49.414445579999999</v>
+      </c>
+      <c r="C125" s="64">
+        <v>197.56963450000001</v>
+      </c>
+      <c r="D125" s="63">
+        <v>246.9840801</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4">
+      <c r="A126" s="55">
+        <v>45962</v>
+      </c>
+      <c r="B126" s="64">
+        <v>46.096205909999995</v>
+      </c>
+      <c r="C126" s="64">
+        <v>209.22696507000001</v>
+      </c>
+      <c r="D126" s="63">
+        <v>255.32317097999999</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4">
+      <c r="A127" s="55">
+        <v>45992</v>
+      </c>
+      <c r="B127" s="64">
+        <v>51.765017999999998</v>
+      </c>
+      <c r="C127" s="64">
+        <v>196.287295</v>
+      </c>
+      <c r="D127" s="63">
+        <v>248.052313</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="B13:D13"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A11" location="Menu!A1" display="Return" xr:uid="{D9CA58AD-60DF-404D-AF49-D44FC1626DAB}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;10&amp;K000000[IN CONFIDENCE RELEASE EXTERNAL]&amp;1#</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1AAC2E3F-5FBF-40CA-A10B-EE4832EAF712}">
-  <dimension ref="A1:N128"/>
+  <dimension ref="A1:N131"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="B128" sqref="B128"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="15" topLeftCell="A111" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.140625" style="4" customWidth="1"/>
     <col min="2" max="3" width="21.7109375" style="4" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="17.45">
-      <c r="A1" s="80" t="s">
+    <row r="1" spans="1:14" ht="18">
+      <c r="A1" s="69" t="s">
         <v>26</v>
       </c>
-      <c r="B1" s="80"/>
-[...11 lines deleted...]
-      <c r="N1" s="81"/>
+      <c r="B1" s="69"/>
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+      <c r="G1" s="70"/>
+      <c r="H1" s="70"/>
+      <c r="I1" s="70"/>
+      <c r="J1" s="70"/>
+      <c r="K1" s="70"/>
+      <c r="L1" s="70"/>
+      <c r="M1" s="70"/>
+      <c r="N1" s="70"/>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="8"/>
       <c r="B2" s="8"/>
       <c r="C2" s="8"/>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="8"/>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
       <c r="L2" s="8"/>
       <c r="M2" s="8"/>
       <c r="N2" s="8"/>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B3" s="9"/>
     </row>
-    <row r="4" spans="1:14" s="49" customFormat="1">
+    <row r="4" spans="1:14" s="39" customFormat="1">
       <c r="A4" s="10" t="s">
         <v>107</v>
       </c>
-      <c r="B4" s="72"/>
-[...1 lines deleted...]
-    <row r="5" spans="1:14" s="49" customFormat="1">
+      <c r="B4" s="58"/>
+    </row>
+    <row r="5" spans="1:14" s="39" customFormat="1">
       <c r="A5" s="10" t="s">
         <v>108</v>
       </c>
-      <c r="B5" s="72"/>
+      <c r="B5" s="58"/>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="10" t="s">
         <v>109</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
       <c r="N6" s="8"/>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="10" t="s">
         <v>110</v>
       </c>
       <c r="B7" s="8"/>
       <c r="C7" s="8"/>
@@ -4321,1685 +4339,1727 @@
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="10"/>
       <c r="B12" s="8"/>
       <c r="C12" s="8"/>
       <c r="D12" s="8"/>
       <c r="E12" s="8"/>
       <c r="F12" s="8"/>
       <c r="G12" s="8"/>
       <c r="H12" s="8"/>
       <c r="I12" s="8"/>
       <c r="J12" s="8"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
     </row>
     <row r="13" spans="1:14">
-      <c r="A13" s="21" t="s">
+      <c r="A13" s="20" t="s">
         <v>103</v>
       </c>
-      <c r="B13" s="21"/>
+      <c r="B13" s="20"/>
     </row>
     <row r="15" spans="1:14">
-      <c r="A15" s="22" t="s">
+      <c r="A15" s="21" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:4">
-      <c r="B17" s="82" t="s">
+      <c r="B17" s="71" t="s">
         <v>25</v>
       </c>
-      <c r="C17" s="83"/>
-      <c r="D17" s="83"/>
+      <c r="C17" s="72"/>
+      <c r="D17" s="72"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="12" t="s">
         <v>105</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>90</v>
       </c>
       <c r="C18" s="12" t="s">
         <v>106</v>
       </c>
       <c r="D18" s="12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:4">
-      <c r="A19" s="73">
+      <c r="A19" s="59">
         <v>42583</v>
       </c>
-      <c r="B19" s="74">
+      <c r="B19" s="60">
         <v>1150</v>
       </c>
-      <c r="C19" s="74">
+      <c r="C19" s="60">
         <v>2540</v>
       </c>
-      <c r="D19" s="24">
+      <c r="D19" s="22">
         <v>3690</v>
       </c>
     </row>
     <row r="20" spans="1:4">
-      <c r="A20" s="73">
+      <c r="A20" s="59">
         <v>42614</v>
       </c>
-      <c r="B20" s="74">
+      <c r="B20" s="60">
         <v>1160</v>
       </c>
-      <c r="C20" s="74">
+      <c r="C20" s="60">
         <v>2450</v>
       </c>
-      <c r="D20" s="24">
+      <c r="D20" s="22">
         <v>3610</v>
       </c>
     </row>
     <row r="21" spans="1:4">
-      <c r="A21" s="73">
+      <c r="A21" s="59">
         <v>42644</v>
       </c>
-      <c r="B21" s="75">
+      <c r="B21" s="61">
         <v>1050</v>
       </c>
-      <c r="C21" s="74">
+      <c r="C21" s="60">
         <v>2210</v>
       </c>
-      <c r="D21" s="24">
+      <c r="D21" s="22">
         <v>3250</v>
       </c>
     </row>
     <row r="22" spans="1:4">
-      <c r="A22" s="73">
+      <c r="A22" s="59">
         <v>42675</v>
       </c>
-      <c r="B22" s="75">
+      <c r="B22" s="61">
         <v>1210</v>
       </c>
-      <c r="C22" s="74">
+      <c r="C22" s="60">
         <v>2790</v>
       </c>
-      <c r="D22" s="24">
+      <c r="D22" s="22">
         <v>3990</v>
       </c>
     </row>
     <row r="23" spans="1:4">
-      <c r="A23" s="73">
+      <c r="A23" s="59">
         <v>42705</v>
       </c>
-      <c r="B23" s="75">
+      <c r="B23" s="61">
         <v>1370</v>
       </c>
-      <c r="C23" s="74">
+      <c r="C23" s="60">
         <v>2650</v>
       </c>
-      <c r="D23" s="24">
+      <c r="D23" s="22">
         <v>4020</v>
       </c>
     </row>
     <row r="24" spans="1:4">
-      <c r="A24" s="73">
+      <c r="A24" s="59">
         <v>42736</v>
       </c>
-      <c r="B24" s="75">
+      <c r="B24" s="61">
         <v>1100</v>
       </c>
-      <c r="C24" s="74">
+      <c r="C24" s="60">
         <v>1850</v>
       </c>
-      <c r="D24" s="24">
+      <c r="D24" s="22">
         <v>2950</v>
       </c>
     </row>
     <row r="25" spans="1:4">
-      <c r="A25" s="73">
+      <c r="A25" s="59">
         <v>42767</v>
       </c>
-      <c r="B25" s="75">
+      <c r="B25" s="61">
         <v>1310</v>
       </c>
-      <c r="C25" s="74">
+      <c r="C25" s="60">
         <v>2210</v>
       </c>
-      <c r="D25" s="24">
+      <c r="D25" s="22">
         <v>3520</v>
       </c>
     </row>
     <row r="26" spans="1:4">
-      <c r="A26" s="73">
+      <c r="A26" s="59">
         <v>42795</v>
       </c>
-      <c r="B26" s="75">
+      <c r="B26" s="61">
         <v>1390</v>
       </c>
-      <c r="C26" s="74">
+      <c r="C26" s="60">
         <v>5990</v>
       </c>
-      <c r="D26" s="24">
+      <c r="D26" s="22">
         <v>7380</v>
       </c>
     </row>
     <row r="27" spans="1:4">
-      <c r="A27" s="73">
+      <c r="A27" s="59">
         <v>42826</v>
       </c>
-      <c r="B27" s="75">
+      <c r="B27" s="61">
         <v>1170</v>
       </c>
-      <c r="C27" s="74">
+      <c r="C27" s="60">
         <v>2170</v>
       </c>
-      <c r="D27" s="24">
+      <c r="D27" s="22">
         <v>3340</v>
       </c>
     </row>
     <row r="28" spans="1:4">
-      <c r="A28" s="73">
+      <c r="A28" s="59">
         <v>42856</v>
       </c>
-      <c r="B28" s="75">
+      <c r="B28" s="61">
         <v>1550</v>
       </c>
-      <c r="C28" s="74">
+      <c r="C28" s="60">
         <v>2970</v>
       </c>
-      <c r="D28" s="24">
+      <c r="D28" s="22">
         <v>4520</v>
       </c>
     </row>
     <row r="29" spans="1:4">
-      <c r="A29" s="73">
+      <c r="A29" s="59">
         <v>42887</v>
       </c>
-      <c r="B29" s="75">
+      <c r="B29" s="61">
         <v>1540</v>
       </c>
-      <c r="C29" s="74">
+      <c r="C29" s="60">
         <v>2630</v>
       </c>
-      <c r="D29" s="24">
+      <c r="D29" s="22">
         <v>4160</v>
       </c>
     </row>
     <row r="30" spans="1:4">
-      <c r="A30" s="73">
+      <c r="A30" s="59">
         <v>42917</v>
       </c>
-      <c r="B30" s="75">
+      <c r="B30" s="61">
         <v>1510</v>
       </c>
-      <c r="C30" s="74">
+      <c r="C30" s="60">
         <v>2540</v>
       </c>
-      <c r="D30" s="24">
+      <c r="D30" s="22">
         <v>4050</v>
       </c>
     </row>
     <row r="31" spans="1:4">
-      <c r="A31" s="73">
+      <c r="A31" s="59">
         <v>42948</v>
       </c>
-      <c r="B31" s="75">
+      <c r="B31" s="61">
         <v>1620</v>
       </c>
-      <c r="C31" s="74">
+      <c r="C31" s="60">
         <v>2730</v>
       </c>
-      <c r="D31" s="24">
+      <c r="D31" s="22">
         <v>4350</v>
       </c>
     </row>
     <row r="32" spans="1:4">
-      <c r="A32" s="73">
+      <c r="A32" s="59">
         <v>42979</v>
       </c>
-      <c r="B32" s="75">
+      <c r="B32" s="61">
         <v>1620</v>
       </c>
-      <c r="C32" s="74">
+      <c r="C32" s="60">
         <v>2520</v>
       </c>
-      <c r="D32" s="24">
+      <c r="D32" s="22">
         <v>4150</v>
       </c>
     </row>
     <row r="33" spans="1:4">
-      <c r="A33" s="73">
+      <c r="A33" s="59">
         <v>43009</v>
       </c>
-      <c r="B33" s="75">
+      <c r="B33" s="61">
         <v>1760</v>
       </c>
-      <c r="C33" s="74">
+      <c r="C33" s="60">
         <v>2820</v>
       </c>
-      <c r="D33" s="24">
+      <c r="D33" s="22">
         <v>4570</v>
       </c>
     </row>
     <row r="34" spans="1:4">
-      <c r="A34" s="73">
+      <c r="A34" s="59">
         <v>43040</v>
       </c>
-      <c r="B34" s="75">
+      <c r="B34" s="61">
         <v>1740</v>
       </c>
-      <c r="C34" s="74">
+      <c r="C34" s="60">
         <v>3160</v>
       </c>
-      <c r="D34" s="24">
+      <c r="D34" s="22">
         <v>4910</v>
       </c>
     </row>
     <row r="35" spans="1:4">
-      <c r="A35" s="73">
+      <c r="A35" s="59">
         <v>43070</v>
       </c>
-      <c r="B35" s="75">
+      <c r="B35" s="61">
         <v>1700</v>
       </c>
-      <c r="C35" s="74">
+      <c r="C35" s="60">
         <v>2480</v>
       </c>
-      <c r="D35" s="24">
+      <c r="D35" s="22">
         <v>4190</v>
       </c>
     </row>
     <row r="36" spans="1:4">
-      <c r="A36" s="73">
+      <c r="A36" s="59">
         <v>43101</v>
       </c>
-      <c r="B36" s="75">
+      <c r="B36" s="61">
         <v>1300</v>
       </c>
-      <c r="C36" s="74">
+      <c r="C36" s="60">
         <v>2370</v>
       </c>
-      <c r="D36" s="24">
+      <c r="D36" s="22">
         <v>3670</v>
       </c>
     </row>
     <row r="37" spans="1:4">
-      <c r="A37" s="73">
+      <c r="A37" s="59">
         <v>43132</v>
       </c>
-      <c r="B37" s="75">
+      <c r="B37" s="61">
         <v>1360</v>
       </c>
-      <c r="C37" s="74">
+      <c r="C37" s="60">
         <v>2570</v>
       </c>
-      <c r="D37" s="24">
+      <c r="D37" s="22">
         <v>3930</v>
       </c>
     </row>
     <row r="38" spans="1:4">
-      <c r="A38" s="73">
+      <c r="A38" s="59">
         <v>43160</v>
       </c>
-      <c r="B38" s="75">
+      <c r="B38" s="61">
         <v>1850</v>
       </c>
-      <c r="C38" s="74">
+      <c r="C38" s="60">
         <v>3510</v>
       </c>
-      <c r="D38" s="24">
+      <c r="D38" s="22">
         <v>5360</v>
       </c>
     </row>
     <row r="39" spans="1:4">
-      <c r="A39" s="73">
+      <c r="A39" s="59">
         <v>43191</v>
       </c>
-      <c r="B39" s="75">
+      <c r="B39" s="61">
         <v>1500</v>
       </c>
-      <c r="C39" s="74">
+      <c r="C39" s="60">
         <v>3000</v>
       </c>
-      <c r="D39" s="24">
+      <c r="D39" s="22">
         <v>4500</v>
       </c>
     </row>
     <row r="40" spans="1:4">
-      <c r="A40" s="73">
+      <c r="A40" s="59">
         <v>43221</v>
       </c>
-      <c r="B40" s="75">
+      <c r="B40" s="61">
         <v>1710</v>
       </c>
-      <c r="C40" s="74">
+      <c r="C40" s="60">
         <v>3950</v>
       </c>
-      <c r="D40" s="24">
+      <c r="D40" s="22">
         <v>5660</v>
       </c>
     </row>
     <row r="41" spans="1:4">
-      <c r="A41" s="73">
+      <c r="A41" s="59">
         <v>43252</v>
       </c>
-      <c r="B41" s="75">
+      <c r="B41" s="61">
         <v>1490</v>
       </c>
-      <c r="C41" s="74">
+      <c r="C41" s="60">
         <v>3530</v>
       </c>
-      <c r="D41" s="24">
+      <c r="D41" s="22">
         <v>5020</v>
       </c>
     </row>
     <row r="42" spans="1:4">
-      <c r="A42" s="73">
+      <c r="A42" s="59">
         <v>43282</v>
       </c>
-      <c r="B42" s="75">
+      <c r="B42" s="61">
         <v>1500</v>
       </c>
-      <c r="C42" s="74">
+      <c r="C42" s="60">
         <v>3330</v>
       </c>
-      <c r="D42" s="24">
+      <c r="D42" s="22">
         <v>4820</v>
       </c>
     </row>
     <row r="43" spans="1:4">
-      <c r="A43" s="73">
+      <c r="A43" s="59">
         <v>43313</v>
       </c>
-      <c r="B43" s="75">
+      <c r="B43" s="61">
         <v>1660</v>
       </c>
-      <c r="C43" s="74">
+      <c r="C43" s="60">
         <v>3440</v>
       </c>
-      <c r="D43" s="24">
+      <c r="D43" s="22">
         <v>5100</v>
       </c>
     </row>
     <row r="44" spans="1:4">
-      <c r="A44" s="73">
+      <c r="A44" s="59">
         <v>43344</v>
       </c>
-      <c r="B44" s="75">
+      <c r="B44" s="61">
         <v>1480</v>
       </c>
-      <c r="C44" s="74">
+      <c r="C44" s="60">
         <v>3040</v>
       </c>
-      <c r="D44" s="24">
+      <c r="D44" s="22">
         <v>4520</v>
       </c>
     </row>
     <row r="45" spans="1:4">
-      <c r="A45" s="73">
+      <c r="A45" s="59">
         <v>43374</v>
       </c>
-      <c r="B45" s="75">
+      <c r="B45" s="61">
         <v>1630</v>
       </c>
-      <c r="C45" s="74">
+      <c r="C45" s="60">
         <v>3320</v>
       </c>
-      <c r="D45" s="24">
+      <c r="D45" s="22">
         <v>4950</v>
       </c>
     </row>
     <row r="46" spans="1:4">
-      <c r="A46" s="73">
+      <c r="A46" s="59">
         <v>43405</v>
       </c>
-      <c r="B46" s="75">
+      <c r="B46" s="61">
         <v>1710</v>
       </c>
-      <c r="C46" s="74">
+      <c r="C46" s="60">
         <v>4070</v>
       </c>
-      <c r="D46" s="24">
+      <c r="D46" s="22">
         <v>5780</v>
       </c>
     </row>
     <row r="47" spans="1:4">
-      <c r="A47" s="73">
+      <c r="A47" s="59">
         <v>43435</v>
       </c>
-      <c r="B47" s="75">
+      <c r="B47" s="61">
         <v>1680</v>
       </c>
-      <c r="C47" s="74">
+      <c r="C47" s="60">
         <v>3240</v>
       </c>
-      <c r="D47" s="24">
+      <c r="D47" s="22">
         <v>4920</v>
       </c>
     </row>
     <row r="48" spans="1:4">
-      <c r="A48" s="73">
+      <c r="A48" s="59">
         <v>43466</v>
       </c>
-      <c r="B48" s="75">
+      <c r="B48" s="61">
         <v>1510</v>
       </c>
-      <c r="C48" s="74">
+      <c r="C48" s="60">
         <v>2460</v>
       </c>
-      <c r="D48" s="24">
+      <c r="D48" s="22">
         <v>3970</v>
       </c>
     </row>
     <row r="49" spans="1:4">
-      <c r="A49" s="73">
+      <c r="A49" s="59">
         <v>43497</v>
       </c>
-      <c r="B49" s="75">
+      <c r="B49" s="61">
         <v>1610</v>
       </c>
-      <c r="C49" s="74">
+      <c r="C49" s="60">
         <v>3340</v>
       </c>
-      <c r="D49" s="24">
+      <c r="D49" s="22">
         <v>4940</v>
       </c>
     </row>
     <row r="50" spans="1:4">
-      <c r="A50" s="73">
+      <c r="A50" s="59">
         <v>43525</v>
       </c>
-      <c r="B50" s="75">
+      <c r="B50" s="61">
         <v>1790</v>
       </c>
-      <c r="C50" s="74">
+      <c r="C50" s="60">
         <v>3810</v>
       </c>
-      <c r="D50" s="24">
+      <c r="D50" s="22">
         <v>5590</v>
       </c>
     </row>
     <row r="51" spans="1:4">
-      <c r="A51" s="73">
+      <c r="A51" s="59">
         <v>43556</v>
       </c>
-      <c r="B51" s="75">
+      <c r="B51" s="61">
         <v>1360</v>
       </c>
-      <c r="C51" s="74">
+      <c r="C51" s="60">
         <v>3070</v>
       </c>
-      <c r="D51" s="24">
+      <c r="D51" s="22">
         <v>4430</v>
       </c>
     </row>
     <row r="52" spans="1:4">
-      <c r="A52" s="73">
+      <c r="A52" s="59">
         <v>43586</v>
       </c>
-      <c r="B52" s="75">
+      <c r="B52" s="61">
         <v>1620</v>
       </c>
-      <c r="C52" s="74">
+      <c r="C52" s="60">
         <v>4230</v>
       </c>
-      <c r="D52" s="24">
+      <c r="D52" s="22">
         <v>5860</v>
       </c>
     </row>
     <row r="53" spans="1:4">
-      <c r="A53" s="73">
+      <c r="A53" s="59">
         <v>43617</v>
       </c>
-      <c r="B53" s="75">
+      <c r="B53" s="61">
         <v>1280</v>
       </c>
-      <c r="C53" s="74">
+      <c r="C53" s="60">
         <v>3260</v>
       </c>
-      <c r="D53" s="24">
+      <c r="D53" s="22">
         <v>4540</v>
       </c>
     </row>
     <row r="54" spans="1:4">
-      <c r="A54" s="73">
+      <c r="A54" s="59">
         <v>43647</v>
       </c>
-      <c r="B54" s="75">
+      <c r="B54" s="61">
         <v>1710</v>
       </c>
-      <c r="C54" s="74">
+      <c r="C54" s="60">
         <v>3840</v>
       </c>
-      <c r="D54" s="24">
+      <c r="D54" s="22">
         <v>5550</v>
       </c>
     </row>
     <row r="55" spans="1:4">
-      <c r="A55" s="73">
+      <c r="A55" s="59">
         <v>43678</v>
       </c>
-      <c r="B55" s="75">
+      <c r="B55" s="61">
         <v>1560</v>
       </c>
-      <c r="C55" s="74">
+      <c r="C55" s="60">
         <v>3580</v>
       </c>
-      <c r="D55" s="24">
+      <c r="D55" s="22">
         <v>5130</v>
       </c>
     </row>
     <row r="56" spans="1:4">
-      <c r="A56" s="73">
+      <c r="A56" s="59">
         <v>43709</v>
       </c>
-      <c r="B56" s="75">
+      <c r="B56" s="61">
         <v>1540</v>
       </c>
-      <c r="C56" s="74">
+      <c r="C56" s="60">
         <v>3400</v>
       </c>
-      <c r="D56" s="24">
+      <c r="D56" s="22">
         <v>4950</v>
       </c>
     </row>
     <row r="57" spans="1:4">
-      <c r="A57" s="73">
+      <c r="A57" s="59">
         <v>43739</v>
       </c>
-      <c r="B57" s="75">
+      <c r="B57" s="61">
         <v>1770</v>
       </c>
-      <c r="C57" s="74">
+      <c r="C57" s="60">
         <v>3830</v>
       </c>
-      <c r="D57" s="24">
+      <c r="D57" s="22">
         <v>5600</v>
       </c>
     </row>
     <row r="58" spans="1:4">
-      <c r="A58" s="73">
+      <c r="A58" s="59">
         <v>43770</v>
       </c>
-      <c r="B58" s="75">
+      <c r="B58" s="61">
         <v>1630</v>
       </c>
-      <c r="C58" s="74">
+      <c r="C58" s="60">
         <v>4210</v>
       </c>
-      <c r="D58" s="24">
+      <c r="D58" s="22">
         <v>5840</v>
       </c>
     </row>
     <row r="59" spans="1:4">
-      <c r="A59" s="73">
+      <c r="A59" s="59">
         <v>43800</v>
       </c>
-      <c r="B59" s="75">
+      <c r="B59" s="61">
         <v>2000</v>
       </c>
-      <c r="C59" s="74">
+      <c r="C59" s="60">
         <v>4000</v>
       </c>
-      <c r="D59" s="24">
+      <c r="D59" s="22">
         <v>6000</v>
       </c>
     </row>
     <row r="60" spans="1:4">
-      <c r="A60" s="73">
+      <c r="A60" s="59">
         <v>43831</v>
       </c>
-      <c r="B60" s="75">
+      <c r="B60" s="61">
         <v>1540</v>
       </c>
-      <c r="C60" s="74">
+      <c r="C60" s="60">
         <v>2810</v>
       </c>
-      <c r="D60" s="24">
+      <c r="D60" s="22">
         <v>4340</v>
       </c>
     </row>
     <row r="61" spans="1:4">
-      <c r="A61" s="73">
+      <c r="A61" s="59">
         <v>43862</v>
       </c>
-      <c r="B61" s="75">
+      <c r="B61" s="61">
         <v>1460</v>
       </c>
-      <c r="C61" s="74">
+      <c r="C61" s="60">
         <v>3510</v>
       </c>
-      <c r="D61" s="24">
+      <c r="D61" s="22">
         <v>4960</v>
       </c>
     </row>
     <row r="62" spans="1:4">
-      <c r="A62" s="73">
+      <c r="A62" s="59">
         <v>43891</v>
       </c>
-      <c r="B62" s="75">
+      <c r="B62" s="61">
         <v>1960</v>
       </c>
-      <c r="C62" s="74">
+      <c r="C62" s="60">
         <v>4780</v>
       </c>
-      <c r="D62" s="24">
+      <c r="D62" s="22">
         <v>6740</v>
       </c>
     </row>
     <row r="63" spans="1:4">
-      <c r="A63" s="73">
+      <c r="A63" s="59">
         <v>43922</v>
       </c>
-      <c r="B63" s="75">
+      <c r="B63" s="61">
         <v>1900</v>
       </c>
-      <c r="C63" s="74">
+      <c r="C63" s="60">
         <v>1480</v>
       </c>
-      <c r="D63" s="24">
+      <c r="D63" s="22">
         <v>3380</v>
       </c>
     </row>
     <row r="64" spans="1:4">
-      <c r="A64" s="73">
+      <c r="A64" s="59">
         <v>43952</v>
       </c>
-      <c r="B64" s="75">
+      <c r="B64" s="61">
         <v>1690</v>
       </c>
-      <c r="C64" s="74">
+      <c r="C64" s="60">
         <v>2450</v>
       </c>
-      <c r="D64" s="24">
+      <c r="D64" s="22">
         <v>4150</v>
       </c>
     </row>
     <row r="65" spans="1:4">
-      <c r="A65" s="73">
+      <c r="A65" s="59">
         <v>43983</v>
       </c>
-      <c r="B65" s="75">
+      <c r="B65" s="61">
         <v>1620</v>
       </c>
-      <c r="C65" s="74">
+      <c r="C65" s="60">
         <v>3930</v>
       </c>
-      <c r="D65" s="24">
+      <c r="D65" s="22">
         <v>5550</v>
       </c>
     </row>
     <row r="66" spans="1:4">
-      <c r="A66" s="73">
+      <c r="A66" s="59">
         <v>44013</v>
       </c>
-      <c r="B66" s="75">
+      <c r="B66" s="61">
         <v>2120</v>
       </c>
-      <c r="C66" s="74">
+      <c r="C66" s="60">
         <v>4680</v>
       </c>
-      <c r="D66" s="24">
+      <c r="D66" s="22">
         <v>6800</v>
       </c>
     </row>
     <row r="67" spans="1:4">
-      <c r="A67" s="73">
+      <c r="A67" s="59">
         <v>44044</v>
       </c>
-      <c r="B67" s="75">
+      <c r="B67" s="61">
         <v>2050</v>
       </c>
-      <c r="C67" s="74">
+      <c r="C67" s="60">
         <v>4620</v>
       </c>
-      <c r="D67" s="24">
+      <c r="D67" s="22">
         <v>6670</v>
       </c>
     </row>
     <row r="68" spans="1:4">
-      <c r="A68" s="73">
+      <c r="A68" s="59">
         <v>44075</v>
       </c>
-      <c r="B68" s="75">
+      <c r="B68" s="61">
         <v>2010</v>
       </c>
-      <c r="C68" s="74">
+      <c r="C68" s="60">
         <v>5010</v>
       </c>
-      <c r="D68" s="24">
+      <c r="D68" s="22">
         <v>7020</v>
       </c>
     </row>
     <row r="69" spans="1:4">
-      <c r="A69" s="73">
+      <c r="A69" s="59">
         <v>44105</v>
       </c>
-      <c r="B69" s="75">
+      <c r="B69" s="61">
         <v>2020</v>
       </c>
-      <c r="C69" s="74">
+      <c r="C69" s="60">
         <v>4830</v>
       </c>
-      <c r="D69" s="24">
+      <c r="D69" s="22">
         <v>6850</v>
       </c>
     </row>
     <row r="70" spans="1:4">
-      <c r="A70" s="73">
+      <c r="A70" s="59">
         <v>44136</v>
       </c>
-      <c r="B70" s="75">
+      <c r="B70" s="61">
         <v>2110</v>
       </c>
-      <c r="C70" s="74">
+      <c r="C70" s="60">
         <v>4950</v>
       </c>
-      <c r="D70" s="24">
+      <c r="D70" s="22">
         <v>7060</v>
       </c>
     </row>
     <row r="71" spans="1:4">
-      <c r="A71" s="73">
+      <c r="A71" s="59">
         <v>44166</v>
       </c>
-      <c r="B71" s="75">
+      <c r="B71" s="61">
         <v>2530</v>
       </c>
-      <c r="C71" s="74">
+      <c r="C71" s="60">
         <v>4790</v>
       </c>
-      <c r="D71" s="24">
+      <c r="D71" s="22">
         <v>7320</v>
       </c>
     </row>
     <row r="72" spans="1:4">
-      <c r="A72" s="73">
+      <c r="A72" s="59">
         <v>44197</v>
       </c>
-      <c r="B72" s="75">
+      <c r="B72" s="61">
         <v>1390</v>
       </c>
-      <c r="C72" s="74">
+      <c r="C72" s="60">
         <v>3180</v>
       </c>
-      <c r="D72" s="24">
+      <c r="D72" s="22">
         <v>4570</v>
       </c>
     </row>
     <row r="73" spans="1:4">
-      <c r="A73" s="73">
+      <c r="A73" s="59">
         <v>44228</v>
       </c>
-      <c r="B73" s="75">
+      <c r="B73" s="61">
         <v>1570</v>
       </c>
-      <c r="C73" s="74">
+      <c r="C73" s="60">
         <v>3510</v>
       </c>
-      <c r="D73" s="24">
+      <c r="D73" s="22">
         <v>5080</v>
       </c>
     </row>
     <row r="74" spans="1:4">
-      <c r="A74" s="73">
+      <c r="A74" s="59">
         <v>44256</v>
       </c>
-      <c r="B74" s="75">
+      <c r="B74" s="61">
         <v>2000</v>
       </c>
-      <c r="C74" s="74">
+      <c r="C74" s="60">
         <v>5330</v>
       </c>
-      <c r="D74" s="24">
+      <c r="D74" s="22">
         <v>7330</v>
       </c>
     </row>
     <row r="75" spans="1:4">
-      <c r="A75" s="73">
+      <c r="A75" s="59">
         <v>44287</v>
       </c>
-      <c r="B75" s="75">
+      <c r="B75" s="61">
         <v>1450</v>
       </c>
-      <c r="C75" s="74">
+      <c r="C75" s="60">
         <v>4030</v>
       </c>
-      <c r="D75" s="24">
+      <c r="D75" s="22">
         <v>5480</v>
       </c>
     </row>
     <row r="76" spans="1:4">
-      <c r="A76" s="73">
+      <c r="A76" s="59">
         <v>44317</v>
       </c>
-      <c r="B76" s="75">
+      <c r="B76" s="61">
         <v>1420</v>
       </c>
-      <c r="C76" s="74">
+      <c r="C76" s="60">
         <v>4850</v>
       </c>
-      <c r="D76" s="24">
+      <c r="D76" s="22">
         <v>6270</v>
       </c>
     </row>
     <row r="77" spans="1:4">
-      <c r="A77" s="73">
+      <c r="A77" s="59">
         <v>44348</v>
       </c>
-      <c r="B77" s="75">
+      <c r="B77" s="61">
         <v>1490</v>
       </c>
-      <c r="C77" s="74">
+      <c r="C77" s="60">
         <v>4440</v>
       </c>
-      <c r="D77" s="24">
+      <c r="D77" s="22">
         <v>5930</v>
       </c>
     </row>
     <row r="78" spans="1:4">
-      <c r="A78" s="73">
+      <c r="A78" s="59">
         <v>44378</v>
       </c>
-      <c r="B78" s="75">
+      <c r="B78" s="61">
         <v>1450</v>
       </c>
-      <c r="C78" s="74">
+      <c r="C78" s="60">
         <v>4390</v>
       </c>
-      <c r="D78" s="24">
+      <c r="D78" s="22">
         <v>5840</v>
       </c>
     </row>
     <row r="79" spans="1:4">
-      <c r="A79" s="73">
+      <c r="A79" s="59">
         <v>44409</v>
       </c>
-      <c r="B79" s="75">
+      <c r="B79" s="61">
         <v>1430</v>
       </c>
-      <c r="C79" s="74">
+      <c r="C79" s="60">
         <v>3800</v>
       </c>
-      <c r="D79" s="24">
+      <c r="D79" s="22">
         <v>5230</v>
       </c>
     </row>
     <row r="80" spans="1:4">
-      <c r="A80" s="73">
+      <c r="A80" s="59">
         <v>44440</v>
       </c>
-      <c r="B80" s="75">
+      <c r="B80" s="61">
         <v>1050</v>
       </c>
-      <c r="C80" s="74">
+      <c r="C80" s="60">
         <v>3120</v>
       </c>
-      <c r="D80" s="24">
+      <c r="D80" s="22">
         <v>4170</v>
       </c>
     </row>
     <row r="81" spans="1:4">
-      <c r="A81" s="73">
+      <c r="A81" s="59">
         <v>44470</v>
       </c>
-      <c r="B81" s="75">
+      <c r="B81" s="61">
         <v>1150</v>
       </c>
-      <c r="C81" s="74">
+      <c r="C81" s="60">
         <v>3610</v>
       </c>
-      <c r="D81" s="24">
+      <c r="D81" s="22">
         <v>4760</v>
       </c>
     </row>
     <row r="82" spans="1:4">
-      <c r="A82" s="73">
+      <c r="A82" s="59">
         <v>44501</v>
       </c>
-      <c r="B82" s="75">
+      <c r="B82" s="61">
         <v>1400</v>
       </c>
-      <c r="C82" s="74">
+      <c r="C82" s="60">
         <v>4360</v>
       </c>
-      <c r="D82" s="24">
+      <c r="D82" s="22">
         <v>5760</v>
       </c>
     </row>
     <row r="83" spans="1:4">
-      <c r="A83" s="73">
+      <c r="A83" s="59">
         <v>44531</v>
       </c>
-      <c r="B83" s="75">
+      <c r="B83" s="61">
         <v>1800</v>
       </c>
-      <c r="C83" s="74">
+      <c r="C83" s="60">
         <v>3740</v>
       </c>
-      <c r="D83" s="24">
+      <c r="D83" s="22">
         <v>5530</v>
       </c>
     </row>
     <row r="84" spans="1:4">
-      <c r="A84" s="73">
+      <c r="A84" s="59">
         <v>44562</v>
       </c>
-      <c r="B84" s="76">
+      <c r="B84" s="62">
         <v>970</v>
       </c>
-      <c r="C84" s="74">
+      <c r="C84" s="60">
         <v>2320</v>
       </c>
-      <c r="D84" s="24">
+      <c r="D84" s="22">
         <v>3290</v>
       </c>
     </row>
     <row r="85" spans="1:4">
-      <c r="A85" s="73">
+      <c r="A85" s="59">
         <v>44593</v>
       </c>
-      <c r="B85" s="75">
+      <c r="B85" s="61">
         <v>1300</v>
       </c>
-      <c r="C85" s="74">
+      <c r="C85" s="60">
         <v>2220</v>
       </c>
-      <c r="D85" s="24">
+      <c r="D85" s="22">
         <v>3510</v>
       </c>
     </row>
     <row r="86" spans="1:4">
-      <c r="A86" s="73">
+      <c r="A86" s="59">
         <v>44621</v>
       </c>
-      <c r="B86" s="75">
+      <c r="B86" s="61">
         <v>1640</v>
       </c>
-      <c r="C86" s="74">
+      <c r="C86" s="60">
         <v>3170</v>
       </c>
-      <c r="D86" s="24">
+      <c r="D86" s="22">
         <v>4810</v>
       </c>
     </row>
     <row r="87" spans="1:4">
-      <c r="A87" s="73">
+      <c r="A87" s="59">
         <v>44652</v>
       </c>
-      <c r="B87" s="75">
+      <c r="B87" s="61">
         <v>1210</v>
       </c>
-      <c r="C87" s="74">
+      <c r="C87" s="60">
         <v>2190</v>
       </c>
-      <c r="D87" s="24">
+      <c r="D87" s="22">
         <v>3390</v>
       </c>
     </row>
     <row r="88" spans="1:4">
-      <c r="A88" s="73">
+      <c r="A88" s="59">
         <v>44682</v>
       </c>
-      <c r="B88" s="75">
+      <c r="B88" s="61">
         <v>1370</v>
       </c>
-      <c r="C88" s="74">
+      <c r="C88" s="60">
         <v>2920</v>
       </c>
-      <c r="D88" s="24">
+      <c r="D88" s="22">
         <v>4290</v>
       </c>
     </row>
     <row r="89" spans="1:4">
-      <c r="A89" s="73">
+      <c r="A89" s="59">
         <v>44713</v>
       </c>
-      <c r="B89" s="75">
+      <c r="B89" s="61">
         <v>1210</v>
       </c>
-      <c r="C89" s="74">
+      <c r="C89" s="60">
         <v>2600</v>
       </c>
-      <c r="D89" s="24">
+      <c r="D89" s="22">
         <v>3800</v>
       </c>
     </row>
     <row r="90" spans="1:4">
-      <c r="A90" s="73">
+      <c r="A90" s="59">
         <v>44743</v>
       </c>
-      <c r="B90" s="75">
+      <c r="B90" s="61">
         <v>1340</v>
       </c>
-      <c r="C90" s="74">
+      <c r="C90" s="60">
         <v>2430</v>
       </c>
-      <c r="D90" s="24">
+      <c r="D90" s="22">
         <v>3770</v>
       </c>
     </row>
     <row r="91" spans="1:4">
-      <c r="A91" s="73">
+      <c r="A91" s="59">
         <v>44774</v>
       </c>
-      <c r="B91" s="75">
+      <c r="B91" s="61">
         <v>1710</v>
       </c>
-      <c r="C91" s="74">
+      <c r="C91" s="60">
         <v>2570</v>
       </c>
-      <c r="D91" s="24">
+      <c r="D91" s="22">
         <v>4280</v>
       </c>
     </row>
     <row r="92" spans="1:4">
-      <c r="A92" s="73">
+      <c r="A92" s="59">
         <v>44805</v>
       </c>
-      <c r="B92" s="75">
+      <c r="B92" s="61">
         <v>1610</v>
       </c>
-      <c r="C92" s="74">
+      <c r="C92" s="60">
         <v>2260</v>
       </c>
-      <c r="D92" s="24">
+      <c r="D92" s="22">
         <v>3880</v>
       </c>
     </row>
     <row r="93" spans="1:4">
-      <c r="A93" s="73">
+      <c r="A93" s="59">
         <v>44835</v>
       </c>
-      <c r="B93" s="75">
+      <c r="B93" s="61">
         <v>1570</v>
       </c>
-      <c r="C93" s="74">
+      <c r="C93" s="60">
         <v>2530</v>
       </c>
-      <c r="D93" s="24">
+      <c r="D93" s="22">
         <v>4110</v>
       </c>
     </row>
     <row r="94" spans="1:4">
-      <c r="A94" s="73">
+      <c r="A94" s="59">
         <v>44866</v>
       </c>
-      <c r="B94" s="75">
+      <c r="B94" s="61">
         <v>1880</v>
       </c>
-      <c r="C94" s="74">
+      <c r="C94" s="60">
         <v>2800</v>
       </c>
-      <c r="D94" s="24">
+      <c r="D94" s="22">
         <v>4680</v>
       </c>
     </row>
     <row r="95" spans="1:4">
-      <c r="A95" s="73">
+      <c r="A95" s="59">
         <v>44896</v>
       </c>
-      <c r="B95" s="75">
+      <c r="B95" s="61">
         <v>2090</v>
       </c>
-      <c r="C95" s="74">
+      <c r="C95" s="60">
         <v>2520</v>
       </c>
-      <c r="D95" s="24">
+      <c r="D95" s="22">
         <v>4610</v>
       </c>
     </row>
     <row r="96" spans="1:4">
-      <c r="A96" s="73">
+      <c r="A96" s="59">
         <v>44927</v>
       </c>
-      <c r="B96" s="75">
+      <c r="B96" s="61">
         <v>1310</v>
       </c>
-      <c r="C96" s="74">
+      <c r="C96" s="60">
         <v>1490</v>
       </c>
-      <c r="D96" s="24">
+      <c r="D96" s="22">
         <v>2800</v>
       </c>
     </row>
     <row r="97" spans="1:6">
-      <c r="A97" s="73">
+      <c r="A97" s="59">
         <v>44958</v>
       </c>
-      <c r="B97" s="75">
+      <c r="B97" s="61">
         <v>1800</v>
       </c>
-      <c r="C97" s="74">
+      <c r="C97" s="60">
         <v>1930</v>
       </c>
-      <c r="D97" s="24">
+      <c r="D97" s="22">
         <v>3730</v>
       </c>
     </row>
     <row r="98" spans="1:6">
-      <c r="A98" s="73">
+      <c r="A98" s="59">
         <v>44986</v>
       </c>
-      <c r="B98" s="75">
+      <c r="B98" s="61">
         <v>2660</v>
       </c>
-      <c r="C98" s="74">
+      <c r="C98" s="60">
         <v>2740</v>
       </c>
-      <c r="D98" s="24">
+      <c r="D98" s="22">
         <v>5410</v>
       </c>
     </row>
     <row r="99" spans="1:6">
-      <c r="A99" s="73">
+      <c r="A99" s="59">
         <v>45017</v>
       </c>
-      <c r="B99" s="75">
+      <c r="B99" s="61">
         <v>1820</v>
       </c>
-      <c r="C99" s="74">
+      <c r="C99" s="60">
         <v>2180</v>
       </c>
-      <c r="D99" s="24">
+      <c r="D99" s="22">
         <v>4000</v>
       </c>
     </row>
     <row r="100" spans="1:6">
-      <c r="A100" s="73">
+      <c r="A100" s="59">
         <v>45047</v>
       </c>
-      <c r="B100" s="75">
+      <c r="B100" s="61">
         <v>2510</v>
       </c>
-      <c r="C100" s="74">
+      <c r="C100" s="60">
         <v>3130</v>
       </c>
-      <c r="D100" s="24">
+      <c r="D100" s="22">
         <v>5640</v>
       </c>
     </row>
     <row r="101" spans="1:6">
-      <c r="A101" s="73">
+      <c r="A101" s="59">
         <v>45078</v>
       </c>
-      <c r="B101" s="75">
+      <c r="B101" s="61">
         <v>2220</v>
       </c>
-      <c r="C101" s="74">
+      <c r="C101" s="60">
         <v>2920</v>
       </c>
-      <c r="D101" s="24">
+      <c r="D101" s="22">
         <v>5150</v>
       </c>
     </row>
     <row r="102" spans="1:6">
-      <c r="A102" s="73">
+      <c r="A102" s="59">
         <v>45108</v>
       </c>
-      <c r="B102" s="75">
+      <c r="B102" s="61">
         <v>2150</v>
       </c>
-      <c r="C102" s="74">
+      <c r="C102" s="60">
         <v>2750</v>
       </c>
-      <c r="D102" s="24">
+      <c r="D102" s="22">
         <v>4900</v>
       </c>
     </row>
     <row r="103" spans="1:6">
-      <c r="A103" s="73">
+      <c r="A103" s="59">
         <v>45139</v>
       </c>
-      <c r="B103" s="75">
+      <c r="B103" s="61">
         <v>2760</v>
       </c>
-      <c r="C103" s="74">
+      <c r="C103" s="60">
         <v>3260</v>
       </c>
-      <c r="D103" s="24">
+      <c r="D103" s="22">
         <v>6020</v>
       </c>
-      <c r="F103" s="71"/>
+      <c r="F103" s="57"/>
     </row>
     <row r="104" spans="1:6">
-      <c r="A104" s="73">
+      <c r="A104" s="59">
         <v>45170</v>
       </c>
-      <c r="B104" s="75">
+      <c r="B104" s="61">
         <v>2780</v>
       </c>
-      <c r="C104" s="74">
+      <c r="C104" s="60">
         <v>2880</v>
       </c>
-      <c r="D104" s="24">
+      <c r="D104" s="22">
         <v>5650</v>
       </c>
-      <c r="F104" s="71"/>
+      <c r="F104" s="57"/>
     </row>
     <row r="105" spans="1:6">
-      <c r="A105" s="73">
+      <c r="A105" s="59">
         <v>45200</v>
       </c>
-      <c r="B105" s="75">
+      <c r="B105" s="61">
         <v>2800</v>
       </c>
-      <c r="C105" s="74">
+      <c r="C105" s="60">
         <v>3000</v>
       </c>
-      <c r="D105" s="24">
+      <c r="D105" s="22">
         <v>5800</v>
       </c>
-      <c r="F105" s="71"/>
+      <c r="F105" s="57"/>
     </row>
     <row r="106" spans="1:6">
-      <c r="A106" s="73">
+      <c r="A106" s="59">
         <v>45231</v>
       </c>
-      <c r="B106" s="75">
+      <c r="B106" s="61">
         <v>3270</v>
       </c>
-      <c r="C106" s="74">
+      <c r="C106" s="60">
         <v>3660</v>
       </c>
-      <c r="D106" s="24">
+      <c r="D106" s="22">
         <v>6930</v>
       </c>
-      <c r="F106" s="71"/>
+      <c r="F106" s="57"/>
     </row>
     <row r="107" spans="1:6">
-      <c r="A107" s="73">
+      <c r="A107" s="59">
         <v>45261</v>
       </c>
-      <c r="B107" s="75">
+      <c r="B107" s="61">
         <v>3450</v>
       </c>
-      <c r="C107" s="74">
+      <c r="C107" s="60">
         <v>2950</v>
       </c>
-      <c r="D107" s="24">
+      <c r="D107" s="22">
         <v>6400</v>
       </c>
-      <c r="F107" s="71"/>
+      <c r="F107" s="57"/>
     </row>
     <row r="108" spans="1:6">
-      <c r="A108" s="73">
+      <c r="A108" s="59">
         <v>45292</v>
       </c>
-      <c r="B108" s="75">
+      <c r="B108" s="61">
         <v>2490</v>
       </c>
-      <c r="C108" s="74">
+      <c r="C108" s="60">
         <v>2040</v>
       </c>
-      <c r="D108" s="24">
+      <c r="D108" s="22">
         <v>4530</v>
       </c>
-      <c r="F108" s="71"/>
+      <c r="F108" s="57"/>
     </row>
     <row r="109" spans="1:6">
-      <c r="A109" s="73">
+      <c r="A109" s="59">
         <v>45323</v>
       </c>
-      <c r="B109" s="75">
+      <c r="B109" s="61">
         <v>3200</v>
       </c>
-      <c r="C109" s="74">
+      <c r="C109" s="60">
         <v>2820</v>
       </c>
-      <c r="D109" s="24">
+      <c r="D109" s="22">
         <v>6020</v>
       </c>
-      <c r="F109" s="71"/>
+      <c r="F109" s="57"/>
     </row>
     <row r="110" spans="1:6">
-      <c r="A110" s="73">
+      <c r="A110" s="59">
         <v>45352</v>
       </c>
-      <c r="B110" s="75">
+      <c r="B110" s="61">
         <v>3680</v>
       </c>
-      <c r="C110" s="74">
+      <c r="C110" s="60">
         <v>3630</v>
       </c>
-      <c r="D110" s="24">
+      <c r="D110" s="22">
         <v>7320</v>
       </c>
-      <c r="F110" s="71"/>
+      <c r="F110" s="57"/>
     </row>
     <row r="111" spans="1:6">
-      <c r="A111" s="73">
+      <c r="A111" s="59">
         <v>45383</v>
       </c>
-      <c r="B111" s="75">
+      <c r="B111" s="61">
         <v>3700</v>
       </c>
-      <c r="C111" s="74">
+      <c r="C111" s="60">
         <v>3320</v>
       </c>
-      <c r="D111" s="24">
+      <c r="D111" s="22">
         <v>7020</v>
       </c>
-      <c r="F111" s="71"/>
+      <c r="F111" s="57"/>
     </row>
     <row r="112" spans="1:6">
-      <c r="A112" s="73">
+      <c r="A112" s="59">
         <v>45413</v>
       </c>
-      <c r="B112" s="75">
+      <c r="B112" s="61">
         <v>3910</v>
       </c>
-      <c r="C112" s="74">
+      <c r="C112" s="60">
         <v>3730</v>
       </c>
-      <c r="D112" s="24">
+      <c r="D112" s="22">
         <v>7640</v>
       </c>
-      <c r="F112" s="71"/>
+      <c r="F112" s="57"/>
     </row>
     <row r="113" spans="1:7">
-      <c r="A113" s="73">
+      <c r="A113" s="59">
         <v>45444</v>
       </c>
-      <c r="B113" s="75">
+      <c r="B113" s="61">
         <v>3280</v>
       </c>
-      <c r="C113" s="74">
+      <c r="C113" s="60">
         <v>3290</v>
       </c>
-      <c r="D113" s="24">
+      <c r="D113" s="22">
         <v>6580</v>
       </c>
-      <c r="F113" s="71"/>
+      <c r="F113" s="57"/>
     </row>
     <row r="114" spans="1:7">
-      <c r="A114" s="73">
+      <c r="A114" s="59">
         <v>45474</v>
       </c>
-      <c r="B114" s="75">
+      <c r="B114" s="61">
         <v>4160</v>
       </c>
-      <c r="C114" s="74">
+      <c r="C114" s="60">
         <v>3840</v>
       </c>
-      <c r="D114" s="24">
+      <c r="D114" s="22">
         <v>7990</v>
       </c>
-      <c r="F114" s="71"/>
-      <c r="G114" s="71"/>
+      <c r="F114" s="57"/>
+      <c r="G114" s="57"/>
     </row>
     <row r="115" spans="1:7">
-      <c r="A115" s="73">
+      <c r="A115" s="59">
         <v>45505</v>
       </c>
-      <c r="B115" s="75">
+      <c r="B115" s="61">
         <v>4220</v>
       </c>
-      <c r="C115" s="74">
+      <c r="C115" s="60">
         <v>3490</v>
       </c>
-      <c r="D115" s="24">
+      <c r="D115" s="22">
         <v>7720</v>
       </c>
-      <c r="F115" s="71"/>
+      <c r="F115" s="57"/>
     </row>
     <row r="116" spans="1:7">
-      <c r="A116" s="73">
+      <c r="A116" s="59">
         <v>45536</v>
       </c>
-      <c r="B116" s="75">
+      <c r="B116" s="61">
         <v>4100</v>
       </c>
-      <c r="C116" s="74">
+      <c r="C116" s="60">
         <v>3430</v>
       </c>
-      <c r="D116" s="24">
+      <c r="D116" s="22">
         <v>7530</v>
       </c>
-      <c r="F116" s="71"/>
+      <c r="F116" s="57"/>
     </row>
     <row r="117" spans="1:7">
-      <c r="A117" s="73">
+      <c r="A117" s="59">
         <v>45566</v>
       </c>
-      <c r="B117" s="75">
+      <c r="B117" s="61">
         <v>4490</v>
       </c>
-      <c r="C117" s="74">
+      <c r="C117" s="60">
         <v>3960</v>
       </c>
-      <c r="D117" s="24">
+      <c r="D117" s="22">
         <v>8450</v>
       </c>
-      <c r="F117" s="71"/>
+      <c r="F117" s="57"/>
     </row>
     <row r="118" spans="1:7">
-      <c r="A118" s="73">
+      <c r="A118" s="59">
         <v>45597</v>
       </c>
-      <c r="B118" s="75">
+      <c r="B118" s="61">
         <v>4950</v>
       </c>
-      <c r="C118" s="74">
+      <c r="C118" s="60">
         <v>4070</v>
       </c>
-      <c r="D118" s="24">
+      <c r="D118" s="22">
         <v>9020</v>
       </c>
     </row>
     <row r="119" spans="1:7">
-      <c r="A119" s="73">
+      <c r="A119" s="59">
         <v>45627</v>
       </c>
-      <c r="B119" s="75">
+      <c r="B119" s="61">
         <v>5210</v>
       </c>
-      <c r="C119" s="75">
+      <c r="C119" s="61">
         <v>3360</v>
       </c>
-      <c r="D119" s="24">
+      <c r="D119" s="22">
         <v>8570</v>
       </c>
     </row>
     <row r="120" spans="1:7">
-      <c r="A120" s="73">
+      <c r="A120" s="59">
         <v>45658</v>
       </c>
-      <c r="B120" s="75">
+      <c r="B120" s="61">
         <v>3900</v>
       </c>
-      <c r="C120" s="75">
+      <c r="C120" s="61">
         <v>2490</v>
       </c>
-      <c r="D120" s="24">
+      <c r="D120" s="22">
         <v>6390</v>
       </c>
     </row>
     <row r="121" spans="1:7">
-      <c r="A121" s="73">
+      <c r="A121" s="59">
         <v>45689</v>
       </c>
-      <c r="B121" s="75">
+      <c r="B121" s="61">
         <v>4130</v>
       </c>
-      <c r="C121" s="75">
+      <c r="C121" s="61">
         <v>3420</v>
       </c>
-      <c r="D121" s="24">
+      <c r="D121" s="22">
         <v>7550</v>
       </c>
     </row>
     <row r="122" spans="1:7">
-      <c r="A122" s="73">
+      <c r="A122" s="59">
         <v>45717</v>
       </c>
-      <c r="B122" s="75">
+      <c r="B122" s="61">
         <v>4980</v>
       </c>
-      <c r="C122" s="75">
+      <c r="C122" s="61">
         <v>4190</v>
       </c>
-      <c r="D122" s="24">
+      <c r="D122" s="22">
         <v>9170</v>
       </c>
     </row>
     <row r="123" spans="1:7">
-      <c r="A123" s="73">
+      <c r="A123" s="59">
         <v>45748</v>
       </c>
-      <c r="B123" s="75">
+      <c r="B123" s="61">
         <v>4220</v>
       </c>
-      <c r="C123" s="75">
+      <c r="C123" s="61">
         <v>3970</v>
       </c>
-      <c r="D123" s="24">
+      <c r="D123" s="22">
         <v>8190</v>
       </c>
     </row>
     <row r="124" spans="1:7">
-      <c r="A124" s="73">
+      <c r="A124" s="59">
         <v>45778</v>
       </c>
-      <c r="B124" s="75">
+      <c r="B124" s="61">
         <v>4940</v>
       </c>
-      <c r="C124" s="75">
+      <c r="C124" s="61">
         <v>4490</v>
       </c>
-      <c r="D124" s="24">
+      <c r="D124" s="22">
         <v>9420</v>
       </c>
     </row>
     <row r="125" spans="1:7">
-      <c r="A125" s="73">
+      <c r="A125" s="59">
         <v>45809</v>
       </c>
-      <c r="B125" s="75">
+      <c r="B125" s="61">
         <v>4080</v>
       </c>
-      <c r="C125" s="75">
+      <c r="C125" s="61">
         <v>3620</v>
       </c>
-      <c r="D125" s="24">
+      <c r="D125" s="22">
         <v>7700</v>
       </c>
     </row>
-    <row r="126" spans="1:7" ht="15">
-      <c r="A126" s="73">
+    <row r="126" spans="1:7">
+      <c r="A126" s="59">
         <v>45839</v>
       </c>
-      <c r="B126" s="75">
+      <c r="B126" s="61">
         <v>4950</v>
       </c>
-      <c r="C126" s="75">
+      <c r="C126" s="61">
         <v>4440</v>
       </c>
-      <c r="D126" s="24">
+      <c r="D126" s="22">
         <v>9390</v>
       </c>
     </row>
-    <row r="127" spans="1:7" ht="15">
-      <c r="A127" s="73">
+    <row r="127" spans="1:7">
+      <c r="A127" s="59">
         <v>45870</v>
       </c>
-      <c r="B127" s="75">
+      <c r="B127" s="61">
         <v>4800</v>
       </c>
-      <c r="C127" s="75">
+      <c r="C127" s="61">
         <v>3940</v>
       </c>
-      <c r="D127" s="24">
+      <c r="D127" s="22">
         <v>8750</v>
       </c>
     </row>
-    <row r="128" spans="1:7" ht="15">
-      <c r="A128" s="73">
+    <row r="128" spans="1:7">
+      <c r="A128" s="59">
         <v>45901</v>
       </c>
-      <c r="B128" s="75">
+      <c r="B128" s="61">
         <v>5530</v>
       </c>
-      <c r="C128" s="75">
+      <c r="C128" s="61">
         <v>4230</v>
       </c>
-      <c r="D128" s="24">
+      <c r="D128" s="22">
         <v>9750</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4">
+      <c r="A129" s="59">
+        <v>45931</v>
+      </c>
+      <c r="B129" s="61">
+        <v>5520</v>
+      </c>
+      <c r="C129" s="61">
+        <v>4430</v>
+      </c>
+      <c r="D129" s="22">
+        <v>9950</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4">
+      <c r="A130" s="59">
+        <v>45962</v>
+      </c>
+      <c r="B130" s="61">
+        <v>5380</v>
+      </c>
+      <c r="C130" s="61">
+        <v>4660</v>
+      </c>
+      <c r="D130" s="22">
+        <v>10040</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4">
+      <c r="A131" s="59">
+        <v>45992</v>
+      </c>
+      <c r="B131" s="61">
+        <v>6030</v>
+      </c>
+      <c r="C131" s="61">
+        <v>4290</v>
+      </c>
+      <c r="D131" s="22">
+        <v>10320</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="B17:D17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A15" location="Menu!A1" display="Return" xr:uid="{9CDFF615-7B2E-4565-B88F-2FC32A3C08B1}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;10&amp;K000000[IN CONFIDENCE RELEASE EXTERNAL]&amp;1#</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{67B5B1E5-BA35-454F-A709-D336D8F5912E}">
   <dimension ref="A1:N21"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="I24" sqref="I24"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.42578125" style="4" customWidth="1"/>
     <col min="2" max="14" width="13.28515625" style="4" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="17.45">
-      <c r="A1" s="80" t="s">
+    <row r="1" spans="1:14" ht="18">
+      <c r="A1" s="69" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="80"/>
-[...11 lines deleted...]
-      <c r="N1" s="81"/>
+      <c r="B1" s="69"/>
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+      <c r="G1" s="70"/>
+      <c r="H1" s="70"/>
+      <c r="I1" s="70"/>
+      <c r="J1" s="70"/>
+      <c r="K1" s="70"/>
+      <c r="L1" s="70"/>
+      <c r="M1" s="70"/>
+      <c r="N1" s="70"/>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="8"/>
       <c r="B2" s="8"/>
       <c r="C2" s="8"/>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="8"/>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
       <c r="L2" s="8"/>
       <c r="M2" s="8"/>
       <c r="N2" s="8"/>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="10" t="s">
@@ -6017,918 +6077,915 @@
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8"/>
       <c r="J5" s="8"/>
       <c r="K5" s="8"/>
       <c r="L5" s="8"/>
       <c r="M5" s="8"/>
       <c r="N5" s="8"/>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="8"/>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
       <c r="N6" s="8"/>
     </row>
-    <row r="7" spans="1:14" ht="15">
+    <row r="7" spans="1:14">
       <c r="A7" s="11" t="s">
         <v>29</v>
       </c>
       <c r="B7" s="13">
-        <v>45536</v>
-[...7 lines deleted...]
-      <c r="E7" s="14">
         <v>45627</v>
       </c>
-      <c r="F7" s="14">
+      <c r="C7" s="13">
         <v>45658</v>
       </c>
-      <c r="G7" s="14">
+      <c r="D7" s="13">
         <v>45689</v>
       </c>
-      <c r="H7" s="14">
+      <c r="E7" s="13">
         <v>45717</v>
       </c>
-      <c r="I7" s="14">
+      <c r="F7" s="13">
         <v>45748</v>
       </c>
-      <c r="J7" s="14">
+      <c r="G7" s="13">
         <v>45778</v>
       </c>
-      <c r="K7" s="14">
+      <c r="H7" s="13">
         <v>45809</v>
       </c>
-      <c r="L7" s="14">
+      <c r="I7" s="13">
         <v>45839</v>
       </c>
-      <c r="M7" s="14">
+      <c r="J7" s="13">
         <v>45870</v>
       </c>
-      <c r="N7" s="14">
+      <c r="K7" s="13">
         <v>45901</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="15" t="s">
+      <c r="L7" s="13">
+        <v>45931</v>
+      </c>
+      <c r="M7" s="13">
+        <v>45962</v>
+      </c>
+      <c r="N7" s="13">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14">
+      <c r="A8" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B8" s="17">
-        <v>184544</v>
+        <v>179438</v>
       </c>
       <c r="C8" s="17">
-        <v>182788</v>
-[...7 lines deleted...]
-      <c r="F8" s="18">
         <v>177714</v>
       </c>
-      <c r="G8" s="18">
+      <c r="D8" s="17">
         <v>176302</v>
       </c>
-      <c r="H8" s="18">
+      <c r="E8" s="17">
         <v>174619</v>
       </c>
-      <c r="I8" s="18">
+      <c r="F8" s="17">
         <v>172755</v>
       </c>
-      <c r="J8" s="18">
+      <c r="G8" s="17">
         <v>170928</v>
       </c>
-      <c r="K8" s="18">
+      <c r="H8" s="17">
         <v>169409</v>
       </c>
-      <c r="L8" s="18">
+      <c r="I8" s="17">
         <v>168383</v>
       </c>
-      <c r="M8" s="18">
+      <c r="J8" s="17">
         <v>167066</v>
       </c>
-      <c r="N8" s="18">
+      <c r="K8" s="17">
         <v>165733</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="15" t="s">
+      <c r="L8" s="17">
+        <v>164554</v>
+      </c>
+      <c r="M8" s="17">
+        <v>163435</v>
+      </c>
+      <c r="N8" s="17">
+        <v>162269</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14">
+      <c r="A9" s="14" t="s">
         <v>31</v>
       </c>
       <c r="B9" s="17">
-        <v>393772</v>
+        <v>394137</v>
       </c>
       <c r="C9" s="17">
-        <v>393190</v>
-[...7 lines deleted...]
-      <c r="F9" s="18">
         <v>393945</v>
       </c>
-      <c r="G9" s="18">
+      <c r="D9" s="17">
         <v>393903</v>
       </c>
-      <c r="H9" s="18">
+      <c r="E9" s="17">
         <v>394080</v>
       </c>
-      <c r="I9" s="18">
+      <c r="F9" s="17">
         <v>394041</v>
       </c>
-      <c r="J9" s="18">
+      <c r="G9" s="17">
         <v>393572</v>
       </c>
-      <c r="K9" s="18">
+      <c r="H9" s="17">
         <v>393064</v>
       </c>
-      <c r="L9" s="18">
+      <c r="I9" s="17">
         <v>392911</v>
       </c>
-      <c r="M9" s="18">
+      <c r="J9" s="17">
         <v>392025</v>
       </c>
-      <c r="N9" s="18">
+      <c r="K9" s="17">
         <v>391501</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="15" t="s">
+      <c r="L9" s="17">
+        <v>391514</v>
+      </c>
+      <c r="M9" s="17">
+        <v>392892</v>
+      </c>
+      <c r="N9" s="17">
+        <v>393746</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14">
+      <c r="A10" s="14" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="17">
-        <v>741830</v>
+        <v>741005</v>
       </c>
       <c r="C10" s="17">
-        <v>741553</v>
-[...7 lines deleted...]
-      <c r="F10" s="18">
         <v>740508</v>
       </c>
-      <c r="G10" s="18">
+      <c r="D10" s="17">
         <v>740679</v>
       </c>
-      <c r="H10" s="18">
+      <c r="E10" s="17">
         <v>740455</v>
       </c>
-      <c r="I10" s="18">
+      <c r="F10" s="17">
         <v>740690</v>
       </c>
-      <c r="J10" s="18">
+      <c r="G10" s="17">
         <v>740304</v>
       </c>
-      <c r="K10" s="18">
+      <c r="H10" s="17">
         <v>739929</v>
       </c>
-      <c r="L10" s="18">
+      <c r="I10" s="17">
         <v>739563</v>
       </c>
-      <c r="M10" s="18">
+      <c r="J10" s="17">
         <v>738542</v>
       </c>
-      <c r="N10" s="18">
+      <c r="K10" s="17">
         <v>737494</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="15" t="s">
+      <c r="L10" s="17">
+        <v>737041</v>
+      </c>
+      <c r="M10" s="17">
+        <v>736636</v>
+      </c>
+      <c r="N10" s="17">
+        <v>736046</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14">
+      <c r="A11" s="14" t="s">
         <v>33</v>
       </c>
       <c r="B11" s="17">
-        <v>711331</v>
+        <v>720311</v>
       </c>
       <c r="C11" s="17">
-        <v>714377</v>
-[...7 lines deleted...]
-      <c r="F11" s="18">
         <v>723052</v>
       </c>
-      <c r="G11" s="18">
+      <c r="D11" s="17">
         <v>725404</v>
       </c>
-      <c r="H11" s="18">
+      <c r="E11" s="17">
         <v>728253</v>
       </c>
-      <c r="I11" s="18">
+      <c r="F11" s="17">
         <v>731275</v>
       </c>
-      <c r="J11" s="18">
+      <c r="G11" s="17">
         <v>734103</v>
       </c>
-      <c r="K11" s="18">
+      <c r="H11" s="17">
         <v>736662</v>
       </c>
-      <c r="L11" s="18">
+      <c r="I11" s="17">
         <v>739401</v>
       </c>
-      <c r="M11" s="18">
+      <c r="J11" s="17">
         <v>742329</v>
       </c>
-      <c r="N11" s="18">
+      <c r="K11" s="17">
         <v>745529</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="15" t="s">
+      <c r="L11" s="17">
+        <v>748847</v>
+      </c>
+      <c r="M11" s="17">
+        <v>751672</v>
+      </c>
+      <c r="N11" s="17">
+        <v>754080</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14">
+      <c r="A12" s="14" t="s">
         <v>34</v>
       </c>
       <c r="B12" s="17">
-        <v>582471</v>
+        <v>584679</v>
       </c>
       <c r="C12" s="17">
-        <v>583411</v>
-[...7 lines deleted...]
-      <c r="F12" s="18">
         <v>585642</v>
       </c>
-      <c r="G12" s="18">
+      <c r="D12" s="17">
         <v>586682</v>
       </c>
-      <c r="H12" s="18">
+      <c r="E12" s="17">
         <v>587516</v>
       </c>
-      <c r="I12" s="18">
+      <c r="F12" s="17">
         <v>588718</v>
       </c>
-      <c r="J12" s="18">
+      <c r="G12" s="17">
         <v>589831</v>
       </c>
-      <c r="K12" s="18">
+      <c r="H12" s="17">
         <v>590728</v>
       </c>
-      <c r="L12" s="18">
+      <c r="I12" s="17">
         <v>591504</v>
       </c>
-      <c r="M12" s="18">
+      <c r="J12" s="17">
         <v>591818</v>
       </c>
-      <c r="N12" s="18">
+      <c r="K12" s="17">
         <v>592503</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="15" t="s">
+      <c r="L12" s="17">
+        <v>593458</v>
+      </c>
+      <c r="M12" s="17">
+        <v>593952</v>
+      </c>
+      <c r="N12" s="17">
+        <v>594772</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14">
+      <c r="A13" s="14" t="s">
         <v>35</v>
       </c>
       <c r="B13" s="17">
-        <v>527990</v>
+        <v>531493</v>
       </c>
       <c r="C13" s="17">
-        <v>529253</v>
-[...7 lines deleted...]
-      <c r="F13" s="18">
         <v>532483</v>
       </c>
-      <c r="G13" s="18">
+      <c r="D13" s="17">
         <v>533420</v>
       </c>
-      <c r="H13" s="18">
+      <c r="E13" s="17">
         <v>534449</v>
       </c>
-      <c r="I13" s="18">
+      <c r="F13" s="17">
         <v>535589</v>
       </c>
-      <c r="J13" s="18">
+      <c r="G13" s="17">
         <v>536526</v>
       </c>
-      <c r="K13" s="18">
+      <c r="H13" s="17">
         <v>537501</v>
       </c>
-      <c r="L13" s="18">
+      <c r="I13" s="17">
         <v>538385</v>
       </c>
-      <c r="M13" s="18">
+      <c r="J13" s="17">
         <v>539341</v>
       </c>
-      <c r="N13" s="18">
+      <c r="K13" s="17">
         <v>540160</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="15" t="s">
+      <c r="L13" s="17">
+        <v>541118</v>
+      </c>
+      <c r="M13" s="17">
+        <v>542239</v>
+      </c>
+      <c r="N13" s="17">
+        <v>543335</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14">
+      <c r="A14" s="14" t="s">
         <v>36</v>
       </c>
       <c r="B14" s="17">
-        <v>225693</v>
+        <v>230206</v>
       </c>
       <c r="C14" s="17">
-        <v>227195</v>
-[...7 lines deleted...]
-      <c r="F14" s="18">
         <v>232040</v>
       </c>
-      <c r="G14" s="18">
+      <c r="D14" s="17">
         <v>232985</v>
       </c>
-      <c r="H14" s="18">
+      <c r="E14" s="17">
         <v>233775</v>
       </c>
-      <c r="I14" s="18">
+      <c r="F14" s="17">
         <v>234810</v>
       </c>
-      <c r="J14" s="18">
+      <c r="G14" s="17">
         <v>236061</v>
       </c>
-      <c r="K14" s="18">
+      <c r="H14" s="17">
         <v>237634</v>
       </c>
-      <c r="L14" s="18">
+      <c r="I14" s="17">
         <v>238460</v>
       </c>
-      <c r="M14" s="18">
+      <c r="J14" s="17">
         <v>240241</v>
       </c>
-      <c r="N14" s="18">
+      <c r="K14" s="17">
         <v>242172</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="15" t="s">
+      <c r="L14" s="17">
+        <v>244222</v>
+      </c>
+      <c r="M14" s="17">
+        <v>245976</v>
+      </c>
+      <c r="N14" s="17">
+        <v>247814</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14">
+      <c r="A15" s="14" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="17">
-        <v>595</v>
+        <v>278</v>
       </c>
       <c r="C15" s="17">
-        <v>419</v>
-[...7 lines deleted...]
-      <c r="F15" s="18">
         <v>297</v>
       </c>
-      <c r="G15" s="18">
+      <c r="D15" s="17">
         <v>467</v>
       </c>
-      <c r="H15" s="18">
+      <c r="E15" s="17">
         <v>914</v>
       </c>
-      <c r="I15" s="18">
+      <c r="F15" s="17">
         <v>398</v>
       </c>
-      <c r="J15" s="18">
+      <c r="G15" s="17">
         <v>282</v>
       </c>
-      <c r="K15" s="18">
+      <c r="H15" s="17">
         <v>479</v>
       </c>
-      <c r="L15" s="18">
+      <c r="I15" s="17">
         <v>501</v>
       </c>
-      <c r="M15" s="18">
+      <c r="J15" s="17">
         <v>568</v>
       </c>
-      <c r="N15" s="18">
+      <c r="K15" s="17">
         <v>675</v>
       </c>
+      <c r="L15" s="17">
+        <v>331</v>
+      </c>
+      <c r="M15" s="17">
+        <v>604</v>
+      </c>
+      <c r="N15" s="17">
+        <v>279</v>
+      </c>
     </row>
     <row r="16" spans="1:14">
-      <c r="A16" s="19" t="s">
+      <c r="A16" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="B16" s="20">
-[...12 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="B16" s="19">
+        <f t="shared" ref="B16" si="0">SUM(B8:B15)</f>
         <v>3381547</v>
       </c>
-      <c r="F16" s="20">
-        <f t="shared" si="0"/>
+      <c r="C16" s="19">
+        <f t="shared" ref="C16" si="1">SUM(C8:C15)</f>
         <v>3385681</v>
       </c>
-      <c r="G16" s="20">
-        <f t="shared" si="0"/>
+      <c r="D16" s="19">
+        <f t="shared" ref="D16" si="2">SUM(D8:D15)</f>
         <v>3389842</v>
       </c>
-      <c r="H16" s="20">
-        <f t="shared" si="0"/>
+      <c r="E16" s="19">
+        <f t="shared" ref="E16" si="3">SUM(E8:E15)</f>
         <v>3394061</v>
       </c>
-      <c r="I16" s="20">
-        <f t="shared" si="0"/>
+      <c r="F16" s="19">
+        <f t="shared" ref="F16" si="4">SUM(F8:F15)</f>
         <v>3398276</v>
       </c>
-      <c r="J16" s="20">
-        <f t="shared" si="0"/>
+      <c r="G16" s="19">
+        <f t="shared" ref="G16" si="5">SUM(G8:G15)</f>
         <v>3401607</v>
       </c>
-      <c r="K16" s="20">
-        <f t="shared" si="0"/>
+      <c r="H16" s="19">
+        <f t="shared" ref="H16" si="6">SUM(H8:H15)</f>
         <v>3405406</v>
       </c>
-      <c r="L16" s="20">
-        <f t="shared" si="0"/>
+      <c r="I16" s="19">
+        <f t="shared" ref="I16" si="7">SUM(I8:I15)</f>
         <v>3409108</v>
       </c>
-      <c r="M16" s="20">
-        <f t="shared" si="0"/>
+      <c r="J16" s="19">
+        <f t="shared" ref="J16" si="8">SUM(J8:J15)</f>
         <v>3411930</v>
       </c>
-      <c r="N16" s="20">
-        <f t="shared" si="0"/>
+      <c r="K16" s="19">
+        <f t="shared" ref="K16" si="9">SUM(K8:K15)</f>
         <v>3415767</v>
+      </c>
+      <c r="L16" s="19">
+        <f t="shared" ref="L16" si="10">SUM(L8:L15)</f>
+        <v>3421085</v>
+      </c>
+      <c r="M16" s="19">
+        <f t="shared" ref="M16" si="11">SUM(M8:M15)</f>
+        <v>3427406</v>
+      </c>
+      <c r="N16" s="19">
+        <f t="shared" ref="N16" si="12">SUM(N8:N15)</f>
+        <v>3432341</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="10"/>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
       <c r="H17" s="8"/>
       <c r="I17" s="8"/>
       <c r="J17" s="8"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
     </row>
     <row r="18" spans="1:14">
-      <c r="A18" s="21" t="s">
+      <c r="A18" s="20" t="s">
         <v>39</v>
       </c>
-      <c r="B18" s="21" t="s">
+      <c r="B18" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="8"/>
       <c r="D18" s="8"/>
       <c r="E18" s="8"/>
       <c r="F18" s="8"/>
       <c r="G18" s="8"/>
       <c r="H18" s="8"/>
       <c r="I18" s="8"/>
       <c r="J18" s="8"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
     </row>
     <row r="19" spans="1:14">
-      <c r="A19" s="21"/>
-      <c r="B19" s="21"/>
+      <c r="A19" s="20"/>
+      <c r="B19" s="20"/>
       <c r="C19" s="8"/>
       <c r="D19" s="8"/>
       <c r="E19" s="8"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
       <c r="H19" s="8"/>
       <c r="I19" s="8"/>
       <c r="J19" s="8"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
     </row>
     <row r="20" spans="1:14">
-      <c r="A20" s="21"/>
-      <c r="B20" s="21"/>
+      <c r="A20" s="20"/>
+      <c r="B20" s="20"/>
       <c r="C20" s="8"/>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
       <c r="H20" s="8"/>
       <c r="I20" s="8"/>
       <c r="J20" s="8"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
     </row>
     <row r="21" spans="1:14">
-      <c r="A21" s="22" t="s">
+      <c r="A21" s="21" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:N1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A21" location="Menu!A1" display="Return" xr:uid="{1DC55D1C-2B08-4263-92D3-519A8AED04F4}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;10&amp;K000000[IN CONFIDENCE RELEASE EXTERNAL]&amp;1#</oddHeader>
   </headerFooter>
   <ignoredErrors>
-    <ignoredError sqref="B16:N16" formulaRange="1"/>
+    <ignoredError sqref="N16" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EF63AD53-56C7-4356-B891-C48E307DE15B}">
   <dimension ref="A1:N15"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="I18" sqref="I18"/>
+      <selection sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.42578125" style="4" customWidth="1"/>
     <col min="2" max="10" width="9.42578125" style="4" customWidth="1"/>
     <col min="11" max="11" width="9.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="9.42578125" style="4" customWidth="1"/>
     <col min="14" max="14" width="9.7109375" style="4" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A1" s="80" t="s">
+      <c r="A1" s="69" t="s">
         <v>6</v>
       </c>
-      <c r="B1" s="80"/>
-[...11 lines deleted...]
-      <c r="N1" s="80"/>
+      <c r="B1" s="69"/>
+      <c r="C1" s="69"/>
+      <c r="D1" s="69"/>
+      <c r="E1" s="69"/>
+      <c r="F1" s="69"/>
+      <c r="G1" s="69"/>
+      <c r="H1" s="69"/>
+      <c r="I1" s="69"/>
+      <c r="J1" s="69"/>
+      <c r="K1" s="69"/>
+      <c r="L1" s="69"/>
+      <c r="M1" s="69"/>
+      <c r="N1" s="69"/>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="8"/>
       <c r="B2" s="8"/>
       <c r="C2" s="8"/>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="8"/>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
       <c r="L2" s="8"/>
       <c r="M2" s="8"/>
       <c r="N2" s="8"/>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="10" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="10" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="7" spans="1:14" ht="15">
+    <row r="7" spans="1:14">
       <c r="A7" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B7" s="13">
-        <v>45536</v>
+        <v>45627</v>
       </c>
       <c r="C7" s="13">
-        <v>45566</v>
+        <v>45658</v>
       </c>
       <c r="D7" s="13">
-        <v>45597</v>
+        <v>45689</v>
       </c>
       <c r="E7" s="13">
-        <v>45627</v>
+        <v>45717</v>
       </c>
       <c r="F7" s="13">
-        <v>45658</v>
+        <v>45748</v>
       </c>
       <c r="G7" s="13">
-        <v>45689</v>
+        <v>45778</v>
       </c>
       <c r="H7" s="13">
-        <v>45717</v>
+        <v>45809</v>
       </c>
       <c r="I7" s="13">
-        <v>45748</v>
+        <v>45839</v>
       </c>
       <c r="J7" s="13">
-        <v>45778</v>
+        <v>45870</v>
       </c>
       <c r="K7" s="13">
-        <v>45809</v>
+        <v>45901</v>
       </c>
       <c r="L7" s="13">
-        <v>45839</v>
+        <v>45931</v>
       </c>
       <c r="M7" s="13">
-        <v>45870</v>
+        <v>45962</v>
       </c>
       <c r="N7" s="13">
-        <v>45901</v>
-[...3 lines deleted...]
-      <c r="A8" s="15" t="s">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14">
+      <c r="A8" s="14" t="s">
         <v>44</v>
       </c>
       <c r="B8" s="17">
-        <v>559010</v>
+        <v>569595</v>
       </c>
       <c r="C8" s="17">
-        <v>563556</v>
+        <v>573866</v>
       </c>
       <c r="D8" s="17">
-        <v>568356</v>
-[...33 lines deleted...]
-      <c r="A9" s="15" t="s">
+        <v>578684</v>
+      </c>
+      <c r="E8" s="17">
+        <v>584585</v>
+      </c>
+      <c r="F8" s="17">
+        <v>589790</v>
+      </c>
+      <c r="G8" s="17">
+        <v>594856</v>
+      </c>
+      <c r="H8" s="17">
+        <v>599206</v>
+      </c>
+      <c r="I8" s="17">
+        <v>605004</v>
+      </c>
+      <c r="J8" s="17">
+        <v>609823</v>
+      </c>
+      <c r="K8" s="17">
+        <v>614534</v>
+      </c>
+      <c r="L8" s="17">
+        <v>619259</v>
+      </c>
+      <c r="M8" s="17">
+        <v>624028</v>
+      </c>
+      <c r="N8" s="17">
+        <v>628870</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14">
+      <c r="A9" s="14" t="s">
         <v>45</v>
       </c>
       <c r="B9" s="17">
-        <v>188910</v>
+        <v>187880</v>
       </c>
       <c r="C9" s="17">
-        <v>188445</v>
+        <v>187606</v>
       </c>
       <c r="D9" s="17">
-        <v>188111</v>
-[...7 lines deleted...]
-      <c r="G9" s="23">
         <v>187550</v>
       </c>
-      <c r="H9" s="23">
+      <c r="E9" s="17">
         <v>187593</v>
       </c>
-      <c r="I9" s="23">
+      <c r="F9" s="17">
         <v>187568</v>
       </c>
-      <c r="J9" s="23">
+      <c r="G9" s="17">
         <v>187757</v>
       </c>
-      <c r="K9" s="23">
+      <c r="H9" s="17">
         <v>187735</v>
       </c>
-      <c r="L9" s="23">
+      <c r="I9" s="17">
         <v>187736</v>
       </c>
-      <c r="M9" s="23">
+      <c r="J9" s="17">
         <v>187810</v>
       </c>
-      <c r="N9" s="23">
+      <c r="K9" s="17">
         <v>187803</v>
       </c>
+      <c r="L9" s="17">
+        <v>187618</v>
+      </c>
+      <c r="M9" s="17">
+        <v>187807</v>
+      </c>
+      <c r="N9" s="17">
+        <v>188774</v>
+      </c>
     </row>
     <row r="10" spans="1:14">
-      <c r="A10" s="19" t="s">
+      <c r="A10" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="B10" s="24">
-[...7 lines deleted...]
-      <c r="D10" s="24">
+      <c r="B10" s="22">
+        <f t="shared" ref="B10:L10" si="0">SUM(B8:B9)</f>
+        <v>757475</v>
+      </c>
+      <c r="C10" s="22">
         <f t="shared" si="0"/>
-        <v>756467</v>
-[...1 lines deleted...]
-      <c r="E10" s="24">
+        <v>761472</v>
+      </c>
+      <c r="D10" s="22">
         <f t="shared" si="0"/>
-        <v>760697</v>
-[...1 lines deleted...]
-      <c r="F10" s="24">
+        <v>766234</v>
+      </c>
+      <c r="E10" s="22">
         <f t="shared" si="0"/>
-        <v>764754</v>
-[...1 lines deleted...]
-      <c r="G10" s="24">
+        <v>772178</v>
+      </c>
+      <c r="F10" s="22">
         <f t="shared" si="0"/>
-        <v>769560</v>
-[...1 lines deleted...]
-      <c r="H10" s="24">
+        <v>777358</v>
+      </c>
+      <c r="G10" s="22">
         <f t="shared" si="0"/>
-        <v>775570</v>
-[...1 lines deleted...]
-      <c r="I10" s="24">
+        <v>782613</v>
+      </c>
+      <c r="H10" s="22">
         <f t="shared" si="0"/>
-        <v>780792</v>
-[...1 lines deleted...]
-      <c r="J10" s="24">
+        <v>786941</v>
+      </c>
+      <c r="I10" s="22">
         <f t="shared" si="0"/>
-        <v>786078</v>
-[...1 lines deleted...]
-      <c r="K10" s="24">
+        <v>792740</v>
+      </c>
+      <c r="J10" s="22">
         <f t="shared" si="0"/>
-        <v>790410</v>
-[...1 lines deleted...]
-      <c r="L10" s="24">
+        <v>797633</v>
+      </c>
+      <c r="K10" s="22">
         <f t="shared" si="0"/>
-        <v>796230</v>
-[...1 lines deleted...]
-      <c r="M10" s="24">
+        <v>802337</v>
+      </c>
+      <c r="L10" s="22">
         <f t="shared" si="0"/>
-        <v>801081</v>
-[...1 lines deleted...]
-      <c r="N10" s="24">
+        <v>806877</v>
+      </c>
+      <c r="M10" s="22">
+        <f>SUM(M8:M9)</f>
+        <v>811835</v>
+      </c>
+      <c r="N10" s="22">
         <f>SUM(N8:N9)</f>
-        <v>805709</v>
+        <v>817644</v>
       </c>
     </row>
     <row r="12" spans="1:14">
-      <c r="A12" s="21" t="s">
+      <c r="A12" s="20" t="s">
         <v>39</v>
       </c>
-      <c r="B12" s="21" t="s">
+      <c r="B12" s="20" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:14">
-      <c r="A13" s="21"/>
-      <c r="B13" s="21"/>
+      <c r="A13" s="20"/>
+      <c r="B13" s="20"/>
     </row>
     <row r="15" spans="1:14">
-      <c r="A15" s="22" t="s">
+      <c r="A15" s="21" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:N1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A15" location="Menu!A1" display="Return" xr:uid="{140BD160-CB65-4337-9C58-12A877214669}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;10&amp;K000000[IN CONFIDENCE RELEASE EXTERNAL]&amp;1#</oddHeader>
   </headerFooter>
-  <ignoredErrors>
-[...1 lines deleted...]
-  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{702CBCD4-7610-4F09-B33C-11659F4B75DE}">
   <dimension ref="A1:N17"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="I20" sqref="I20"/>
+      <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="37.7109375" style="4" customWidth="1"/>
     <col min="2" max="14" width="12.5703125" style="4" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="17.45">
-      <c r="A1" s="80" t="s">
+    <row r="1" spans="1:14" ht="18">
+      <c r="A1" s="69" t="s">
         <v>9</v>
       </c>
-      <c r="B1" s="80"/>
-[...11 lines deleted...]
-      <c r="N1" s="80"/>
+      <c r="B1" s="69"/>
+      <c r="C1" s="69"/>
+      <c r="D1" s="69"/>
+      <c r="E1" s="69"/>
+      <c r="F1" s="69"/>
+      <c r="G1" s="69"/>
+      <c r="H1" s="69"/>
+      <c r="I1" s="69"/>
+      <c r="J1" s="69"/>
+      <c r="K1" s="69"/>
+      <c r="L1" s="69"/>
+      <c r="M1" s="69"/>
+      <c r="N1" s="69"/>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="8"/>
       <c r="B2" s="8"/>
       <c r="C2" s="8"/>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="8"/>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
       <c r="L2" s="8"/>
       <c r="M2" s="8"/>
       <c r="N2" s="8"/>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="10" t="s">
@@ -6952,363 +7009,360 @@
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
       <c r="N6" s="8"/>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="8"/>
       <c r="B7" s="8"/>
       <c r="C7" s="8"/>
       <c r="D7" s="8"/>
       <c r="E7" s="8"/>
       <c r="F7" s="8"/>
       <c r="G7" s="8"/>
       <c r="H7" s="8"/>
       <c r="I7" s="8"/>
       <c r="J7" s="8"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
     </row>
-    <row r="8" spans="1:14" ht="15">
+    <row r="8" spans="1:14">
       <c r="A8" s="11" t="s">
         <v>47</v>
       </c>
       <c r="B8" s="13">
-        <v>45536</v>
-[...7 lines deleted...]
-      <c r="E8" s="26">
         <v>45627</v>
       </c>
-      <c r="F8" s="14">
+      <c r="C8" s="13">
         <v>45658</v>
       </c>
-      <c r="G8" s="14">
+      <c r="D8" s="13">
         <v>45689</v>
       </c>
-      <c r="H8" s="26">
+      <c r="E8" s="13">
         <v>45717</v>
       </c>
-      <c r="I8" s="14">
+      <c r="F8" s="13">
         <v>45748</v>
       </c>
-      <c r="J8" s="14">
+      <c r="G8" s="13">
         <v>45778</v>
       </c>
-      <c r="K8" s="14">
+      <c r="H8" s="13">
         <v>45809</v>
       </c>
-      <c r="L8" s="14">
+      <c r="I8" s="13">
         <v>45839</v>
       </c>
-      <c r="M8" s="14">
+      <c r="J8" s="13">
         <v>45870</v>
       </c>
-      <c r="N8" s="14">
+      <c r="K8" s="13">
         <v>45901</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="15" t="s">
+      <c r="L8" s="13">
+        <v>45931</v>
+      </c>
+      <c r="M8" s="13">
+        <v>45962</v>
+      </c>
+      <c r="N8" s="13">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14">
+      <c r="A9" s="14" t="s">
         <v>48</v>
       </c>
-      <c r="B9" s="17">
-[...8 lines deleted...]
-      <c r="E9" s="16">
+      <c r="B9" s="15">
         <v>1374240</v>
       </c>
-      <c r="F9" s="16">
+      <c r="C9" s="15">
         <v>1375103</v>
       </c>
-      <c r="G9" s="16">
+      <c r="D9" s="15">
         <v>1376375</v>
       </c>
-      <c r="H9" s="16">
+      <c r="E9" s="15">
         <v>1377583</v>
       </c>
+      <c r="F9" s="15">
+        <v>1379462</v>
+      </c>
+      <c r="G9" s="15">
+        <v>1380068</v>
+      </c>
+      <c r="H9" s="15">
+        <v>1380873</v>
+      </c>
       <c r="I9" s="16">
-        <v>1379462</v>
+        <v>1381521</v>
       </c>
       <c r="J9" s="16">
-        <v>1380068</v>
+        <v>1381612</v>
       </c>
       <c r="K9" s="16">
-        <v>1380873</v>
-[...7 lines deleted...]
-      <c r="N9" s="17">
         <v>1382415</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="15" t="s">
+      <c r="L9" s="16">
+        <v>1383938</v>
+      </c>
+      <c r="M9" s="16">
+        <v>1386648</v>
+      </c>
+      <c r="N9" s="16">
+        <v>1388523</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14">
+      <c r="A10" s="14" t="s">
         <v>49</v>
       </c>
-      <c r="B10" s="17">
-[...8 lines deleted...]
-      <c r="E10" s="17">
+      <c r="B10" s="16">
         <v>294091</v>
       </c>
-      <c r="F10" s="17">
+      <c r="C10" s="16">
         <v>295422</v>
       </c>
-      <c r="G10" s="17">
+      <c r="D10" s="16">
         <v>297007</v>
       </c>
-      <c r="H10" s="17">
+      <c r="E10" s="16">
         <v>298842</v>
       </c>
-      <c r="I10" s="17">
+      <c r="F10" s="16">
         <v>300263</v>
       </c>
-      <c r="J10" s="17">
+      <c r="G10" s="16">
         <v>301586</v>
       </c>
-      <c r="K10" s="17">
+      <c r="H10" s="16">
         <v>302885</v>
       </c>
-      <c r="L10" s="17">
+      <c r="I10" s="16">
         <v>304512</v>
       </c>
-      <c r="M10" s="17">
+      <c r="J10" s="16">
         <v>305734</v>
       </c>
-      <c r="N10" s="17">
+      <c r="K10" s="16">
         <v>306970</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="15" t="s">
+      <c r="L10" s="16">
+        <v>308629</v>
+      </c>
+      <c r="M10" s="16">
+        <v>310104</v>
+      </c>
+      <c r="N10" s="16">
+        <v>311564</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14">
+      <c r="A11" s="14" t="s">
         <v>50</v>
       </c>
-      <c r="B11" s="17">
-[...8 lines deleted...]
-      <c r="E11" s="17">
+      <c r="B11" s="16">
         <v>1713216</v>
       </c>
-      <c r="F11" s="17">
+      <c r="C11" s="16">
         <v>1715156</v>
       </c>
-      <c r="G11" s="17">
+      <c r="D11" s="16">
         <v>1716460</v>
       </c>
-      <c r="H11" s="17">
+      <c r="E11" s="16">
         <v>1717636</v>
       </c>
-      <c r="I11" s="17">
+      <c r="F11" s="16">
         <v>1718551</v>
       </c>
-      <c r="J11" s="17">
+      <c r="G11" s="16">
         <v>1719953</v>
       </c>
-      <c r="K11" s="17">
+      <c r="H11" s="16">
         <v>1721648</v>
       </c>
-      <c r="L11" s="17">
+      <c r="I11" s="16">
         <v>1723075</v>
       </c>
-      <c r="M11" s="17">
+      <c r="J11" s="16">
         <v>1724584</v>
       </c>
-      <c r="N11" s="17">
+      <c r="K11" s="16">
         <v>1726382</v>
       </c>
+      <c r="L11" s="16">
+        <v>1728518</v>
+      </c>
+      <c r="M11" s="16">
+        <v>1730654</v>
+      </c>
+      <c r="N11" s="16">
+        <v>1732254</v>
+      </c>
     </row>
     <row r="12" spans="1:14">
-      <c r="A12" s="19" t="s">
+      <c r="A12" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="B12" s="28">
-[...12 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="B12" s="24">
+        <f t="shared" ref="B12:I12" si="0">SUM(B9:B11)</f>
         <v>3381547</v>
       </c>
-      <c r="F12" s="28">
+      <c r="C12" s="24">
         <f t="shared" si="0"/>
         <v>3385681</v>
       </c>
-      <c r="G12" s="28">
+      <c r="D12" s="24">
         <f t="shared" si="0"/>
         <v>3389842</v>
       </c>
-      <c r="H12" s="28">
+      <c r="E12" s="24">
         <f t="shared" si="0"/>
         <v>3394061</v>
       </c>
-      <c r="I12" s="28">
+      <c r="F12" s="24">
         <f t="shared" si="0"/>
         <v>3398276</v>
       </c>
-      <c r="J12" s="28">
+      <c r="G12" s="24">
         <f t="shared" si="0"/>
         <v>3401607</v>
       </c>
-      <c r="K12" s="28">
+      <c r="H12" s="24">
         <f t="shared" si="0"/>
         <v>3405406</v>
       </c>
-      <c r="L12" s="28">
+      <c r="I12" s="24">
+        <f t="shared" si="0"/>
+        <v>3409108</v>
+      </c>
+      <c r="J12" s="24">
+        <f>SUM(J9:J11)</f>
+        <v>3411930</v>
+      </c>
+      <c r="K12" s="24">
+        <f>SUM(K9:K11)</f>
+        <v>3415767</v>
+      </c>
+      <c r="L12" s="24">
         <f>SUM(L9:L11)</f>
-        <v>3409108</v>
-[...1 lines deleted...]
-      <c r="M12" s="28">
+        <v>3421085</v>
+      </c>
+      <c r="M12" s="24">
         <f>SUM(M9:M11)</f>
-        <v>3411930</v>
-[...1 lines deleted...]
-      <c r="N12" s="28">
+        <v>3427406</v>
+      </c>
+      <c r="N12" s="24">
         <f>SUM(N9:N11)</f>
-        <v>3415767</v>
+        <v>3432341</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="10"/>
       <c r="B13" s="8"/>
       <c r="C13" s="8"/>
       <c r="D13" s="8"/>
-      <c r="E13" s="29"/>
-[...8 lines deleted...]
-      <c r="N13" s="29"/>
+      <c r="E13" s="25"/>
+      <c r="F13" s="25"/>
+      <c r="G13" s="25"/>
+      <c r="H13" s="25"/>
+      <c r="I13" s="25"/>
+      <c r="J13" s="25"/>
+      <c r="K13" s="25"/>
+      <c r="L13" s="25"/>
+      <c r="M13" s="25"/>
+      <c r="N13" s="25"/>
     </row>
     <row r="14" spans="1:14">
-      <c r="A14" s="21" t="s">
+      <c r="A14" s="20" t="s">
         <v>39</v>
       </c>
-      <c r="B14" s="21" t="s">
+      <c r="B14" s="20" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:1">
-      <c r="A17" s="22" t="s">
+      <c r="A17" s="21" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="L1:N1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A17" location="Menu!A1" display="Return" xr:uid="{614F31F6-9449-4C6D-B298-8DCBBC82C96B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;10&amp;K000000[IN CONFIDENCE RELEASE EXTERNAL]&amp;1#</oddHeader>
   </headerFooter>
-  <ignoredErrors>
-[...1 lines deleted...]
-  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D6260089-091C-433C-8584-4D55ACF0880B}">
   <dimension ref="A1:O21"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A7" workbookViewId="0">
-      <selection activeCell="A20" sqref="A20"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.7109375" style="4" customWidth="1"/>
     <col min="2" max="14" width="10.42578125" style="4" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="17.45">
-      <c r="A1" s="80" t="s">
+    <row r="1" spans="1:15" ht="18">
+      <c r="A1" s="69" t="s">
         <v>11</v>
       </c>
-      <c r="B1" s="80"/>
-[...11 lines deleted...]
-      <c r="N1" s="81"/>
+      <c r="B1" s="69"/>
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+      <c r="G1" s="70"/>
+      <c r="H1" s="70"/>
+      <c r="I1" s="70"/>
+      <c r="J1" s="70"/>
+      <c r="K1" s="70"/>
+      <c r="L1" s="70"/>
+      <c r="M1" s="70"/>
+      <c r="N1" s="70"/>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" s="8"/>
       <c r="B2" s="8"/>
       <c r="C2" s="8"/>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="8"/>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
       <c r="L2" s="8"/>
       <c r="M2" s="8"/>
       <c r="N2" s="8"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="10" t="s">
@@ -7344,467 +7398,464 @@
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="8"/>
       <c r="B9" s="8"/>
       <c r="C9" s="8"/>
       <c r="D9" s="8"/>
       <c r="E9" s="8"/>
       <c r="F9" s="8"/>
       <c r="G9" s="8"/>
       <c r="H9" s="8"/>
       <c r="I9" s="8"/>
       <c r="J9" s="8"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
     </row>
-    <row r="10" spans="1:15" ht="15">
+    <row r="10" spans="1:15">
       <c r="A10" s="12" t="s">
         <v>55</v>
       </c>
-      <c r="B10" s="12">
-[...40 lines deleted...]
-      <c r="A11" s="30" t="s">
+      <c r="B10" s="68">
+        <v>45627</v>
+      </c>
+      <c r="C10" s="68">
+        <v>45658</v>
+      </c>
+      <c r="D10" s="68">
+        <v>45689</v>
+      </c>
+      <c r="E10" s="68">
+        <v>45717</v>
+      </c>
+      <c r="F10" s="68">
+        <v>45748</v>
+      </c>
+      <c r="G10" s="68">
+        <v>45778</v>
+      </c>
+      <c r="H10" s="68">
+        <v>45809</v>
+      </c>
+      <c r="I10" s="68">
+        <v>45839</v>
+      </c>
+      <c r="J10" s="68">
+        <v>45870</v>
+      </c>
+      <c r="K10" s="68">
+        <v>45901</v>
+      </c>
+      <c r="L10" s="68">
+        <v>45931</v>
+      </c>
+      <c r="M10" s="68">
+        <v>45962</v>
+      </c>
+      <c r="N10" s="68">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15">
+      <c r="A11" s="67" t="s">
         <v>56</v>
       </c>
-      <c r="B11" s="31">
-[...41 lines deleted...]
-      <c r="A12" s="30" t="s">
+      <c r="B11" s="73">
+        <v>103683</v>
+      </c>
+      <c r="C11" s="16">
+        <v>104041</v>
+      </c>
+      <c r="D11" s="16">
+        <v>104333</v>
+      </c>
+      <c r="E11" s="16">
+        <v>104635</v>
+      </c>
+      <c r="F11" s="16">
+        <v>104928</v>
+      </c>
+      <c r="G11" s="16">
+        <v>105199</v>
+      </c>
+      <c r="H11" s="16">
+        <v>105481</v>
+      </c>
+      <c r="I11" s="16">
+        <v>105745</v>
+      </c>
+      <c r="J11" s="16">
+        <v>105997</v>
+      </c>
+      <c r="K11" s="16">
+        <v>106199</v>
+      </c>
+      <c r="L11" s="16">
+        <v>106368</v>
+      </c>
+      <c r="M11" s="16">
+        <v>106446</v>
+      </c>
+      <c r="N11" s="16">
+        <v>106465</v>
+      </c>
+      <c r="O11" s="56"/>
+    </row>
+    <row r="12" spans="1:15">
+      <c r="A12" s="67" t="s">
         <v>57</v>
       </c>
-      <c r="B12" s="31">
-[...41 lines deleted...]
-      <c r="A13" s="30" t="s">
+      <c r="B12" s="73">
+        <v>82352</v>
+      </c>
+      <c r="C12" s="16">
+        <v>83490</v>
+      </c>
+      <c r="D12" s="16">
+        <v>84509</v>
+      </c>
+      <c r="E12" s="16">
+        <v>85787</v>
+      </c>
+      <c r="F12" s="16">
+        <v>87195</v>
+      </c>
+      <c r="G12" s="16">
+        <v>88300</v>
+      </c>
+      <c r="H12" s="16">
+        <v>88988</v>
+      </c>
+      <c r="I12" s="16">
+        <v>90173</v>
+      </c>
+      <c r="J12" s="16">
+        <v>91307</v>
+      </c>
+      <c r="K12" s="16">
+        <v>92231</v>
+      </c>
+      <c r="L12" s="16">
+        <v>93490</v>
+      </c>
+      <c r="M12" s="16">
+        <v>95020</v>
+      </c>
+      <c r="N12" s="16">
+        <v>96731</v>
+      </c>
+      <c r="O12" s="56"/>
+    </row>
+    <row r="13" spans="1:15">
+      <c r="A13" s="67" t="s">
         <v>58</v>
       </c>
-      <c r="B13" s="31">
-[...41 lines deleted...]
-      <c r="A14" s="30" t="s">
+      <c r="B13" s="73">
+        <v>85072</v>
+      </c>
+      <c r="C13" s="16">
+        <v>85697</v>
+      </c>
+      <c r="D13" s="16">
+        <v>86389</v>
+      </c>
+      <c r="E13" s="16">
+        <v>87229</v>
+      </c>
+      <c r="F13" s="16">
+        <v>87821</v>
+      </c>
+      <c r="G13" s="16">
+        <v>88650</v>
+      </c>
+      <c r="H13" s="16">
+        <v>89475</v>
+      </c>
+      <c r="I13" s="16">
+        <v>90416</v>
+      </c>
+      <c r="J13" s="16">
+        <v>91297</v>
+      </c>
+      <c r="K13" s="16">
+        <v>92190</v>
+      </c>
+      <c r="L13" s="16">
+        <v>92988</v>
+      </c>
+      <c r="M13" s="16">
+        <v>93670</v>
+      </c>
+      <c r="N13" s="16">
+        <v>94315</v>
+      </c>
+      <c r="O13" s="56"/>
+    </row>
+    <row r="14" spans="1:15">
+      <c r="A14" s="67" t="s">
         <v>59</v>
       </c>
-      <c r="B14" s="31">
-[...41 lines deleted...]
-      <c r="A15" s="30" t="s">
+      <c r="B14" s="73">
+        <v>283000</v>
+      </c>
+      <c r="C14" s="16">
+        <v>284997</v>
+      </c>
+      <c r="D14" s="16">
+        <v>287626</v>
+      </c>
+      <c r="E14" s="16">
+        <v>290871</v>
+      </c>
+      <c r="F14" s="16">
+        <v>293601</v>
+      </c>
+      <c r="G14" s="16">
+        <v>296240</v>
+      </c>
+      <c r="H14" s="16">
+        <v>298629</v>
+      </c>
+      <c r="I14" s="16">
+        <v>301836</v>
+      </c>
+      <c r="J14" s="16">
+        <v>304204</v>
+      </c>
+      <c r="K14" s="16">
+        <v>306666</v>
+      </c>
+      <c r="L14" s="16">
+        <v>308974</v>
+      </c>
+      <c r="M14" s="16">
+        <v>311271</v>
+      </c>
+      <c r="N14" s="16">
+        <v>313508</v>
+      </c>
+      <c r="O14" s="56"/>
+    </row>
+    <row r="15" spans="1:15">
+      <c r="A15" s="67" t="s">
         <v>60</v>
       </c>
-      <c r="B15" s="31">
-[...38 lines deleted...]
-      <c r="O15" s="70"/>
+      <c r="B15" s="73">
+        <v>15488</v>
+      </c>
+      <c r="C15" s="16">
+        <v>15641</v>
+      </c>
+      <c r="D15" s="16">
+        <v>15827</v>
+      </c>
+      <c r="E15" s="16">
+        <v>16063</v>
+      </c>
+      <c r="F15" s="16">
+        <v>16245</v>
+      </c>
+      <c r="G15" s="16">
+        <v>16467</v>
+      </c>
+      <c r="H15" s="16">
+        <v>16633</v>
+      </c>
+      <c r="I15" s="16">
+        <v>16834</v>
+      </c>
+      <c r="J15" s="16">
+        <v>17018</v>
+      </c>
+      <c r="K15" s="16">
+        <v>17248</v>
+      </c>
+      <c r="L15" s="16">
+        <v>17439</v>
+      </c>
+      <c r="M15" s="16">
+        <v>17621</v>
+      </c>
+      <c r="N15" s="16">
+        <v>17851</v>
+      </c>
+      <c r="O15" s="56"/>
     </row>
     <row r="16" spans="1:15">
-      <c r="A16" s="19" t="s">
+      <c r="A16" s="74" t="s">
         <v>38</v>
       </c>
-      <c r="B16" s="35">
+      <c r="B16" s="27">
         <f>SUM(B11:B15)</f>
-        <v>559010</v>
-[...9 lines deleted...]
-      <c r="E16" s="35">
+        <v>569595</v>
+      </c>
+      <c r="C16" s="27">
+        <f t="shared" ref="C16:L16" si="0">SUM(C11:C15)</f>
+        <v>573866</v>
+      </c>
+      <c r="D16" s="27">
         <f t="shared" si="0"/>
-        <v>572817</v>
-[...1 lines deleted...]
-      <c r="F16" s="35">
+        <v>578684</v>
+      </c>
+      <c r="E16" s="27">
         <f t="shared" si="0"/>
-        <v>577148</v>
-[...1 lines deleted...]
-      <c r="G16" s="35">
+        <v>584585</v>
+      </c>
+      <c r="F16" s="27">
         <f t="shared" si="0"/>
-        <v>582010</v>
-[...1 lines deleted...]
-      <c r="H16" s="35">
+        <v>589790</v>
+      </c>
+      <c r="G16" s="27">
         <f t="shared" si="0"/>
-        <v>587977</v>
-[...1 lines deleted...]
-      <c r="I16" s="35">
+        <v>594856</v>
+      </c>
+      <c r="H16" s="27">
         <f t="shared" si="0"/>
-        <v>593224</v>
-[...1 lines deleted...]
-      <c r="J16" s="35">
+        <v>599206</v>
+      </c>
+      <c r="I16" s="27">
         <f t="shared" si="0"/>
-        <v>598321</v>
-[...1 lines deleted...]
-      <c r="K16" s="35">
+        <v>605004</v>
+      </c>
+      <c r="J16" s="27">
         <f t="shared" si="0"/>
-        <v>602675</v>
-[...1 lines deleted...]
-      <c r="L16" s="35">
+        <v>609823</v>
+      </c>
+      <c r="K16" s="27">
         <f t="shared" si="0"/>
-        <v>608494</v>
-[...1 lines deleted...]
-      <c r="M16" s="35">
+        <v>614534</v>
+      </c>
+      <c r="L16" s="27">
         <f t="shared" si="0"/>
-        <v>613271</v>
-[...1 lines deleted...]
-      <c r="N16" s="35">
+        <v>619259</v>
+      </c>
+      <c r="M16" s="27">
+        <f>SUM(M11:M15)</f>
+        <v>624028</v>
+      </c>
+      <c r="N16" s="27">
         <f>SUM(N11:N15)</f>
-        <v>617906</v>
+        <v>628870</v>
       </c>
     </row>
     <row r="17" spans="1:14">
-      <c r="A17" s="36"/>
-[...12 lines deleted...]
-      <c r="N17" s="37"/>
+      <c r="A17" s="28"/>
+      <c r="B17" s="29"/>
+      <c r="C17" s="29"/>
+      <c r="D17" s="29"/>
+      <c r="E17" s="29"/>
+      <c r="F17" s="29"/>
+      <c r="G17" s="29"/>
+      <c r="H17" s="29"/>
+      <c r="I17" s="29"/>
+      <c r="J17" s="29"/>
+      <c r="K17" s="29"/>
+      <c r="L17" s="29"/>
+      <c r="M17" s="29"/>
+      <c r="N17" s="29"/>
     </row>
     <row r="18" spans="1:14">
-      <c r="A18" s="21" t="s">
+      <c r="A18" s="20" t="s">
         <v>39</v>
       </c>
-      <c r="B18" s="21" t="s">
+      <c r="B18" s="20" t="s">
         <v>40</v>
       </c>
-      <c r="C18" s="37"/>
-[...10 lines deleted...]
-      <c r="N18" s="37"/>
+      <c r="C18" s="29"/>
+      <c r="D18" s="29"/>
+      <c r="E18" s="29"/>
+      <c r="F18" s="29"/>
+      <c r="G18" s="29"/>
+      <c r="H18" s="29"/>
+      <c r="I18" s="29"/>
+      <c r="J18" s="29"/>
+      <c r="K18" s="29"/>
+      <c r="L18" s="29"/>
+      <c r="M18" s="29"/>
+      <c r="N18" s="29"/>
     </row>
     <row r="21" spans="1:14">
-      <c r="A21" s="22" t="s">
+      <c r="A21" s="21" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:N1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A21" location="Menu!A1" display="Return" xr:uid="{9FC2E115-0FC4-4094-89E0-2D5B7FE92EFF}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;10&amp;K000000[IN CONFIDENCE RELEASE EXTERNAL]&amp;1#</oddHeader>
   </headerFooter>
-  <ignoredErrors>
-[...1 lines deleted...]
-  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0EB03D5C-D286-4376-A4CF-0D7511CE7659}">
   <dimension ref="A1:N23"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="G23" sqref="G23"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="37.5703125" style="4" customWidth="1"/>
     <col min="2" max="14" width="12.28515625" style="4" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="17.45">
-      <c r="A1" s="80" t="s">
+    <row r="1" spans="1:14" ht="18">
+      <c r="A1" s="69" t="s">
         <v>13</v>
       </c>
-      <c r="B1" s="80"/>
-[...11 lines deleted...]
-      <c r="N1" s="81"/>
+      <c r="B1" s="69"/>
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+      <c r="G1" s="70"/>
+      <c r="H1" s="70"/>
+      <c r="I1" s="70"/>
+      <c r="J1" s="70"/>
+      <c r="K1" s="70"/>
+      <c r="L1" s="70"/>
+      <c r="M1" s="70"/>
+      <c r="N1" s="70"/>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="8"/>
       <c r="B2" s="8"/>
       <c r="C2" s="8"/>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="8"/>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
       <c r="L2" s="8"/>
       <c r="M2" s="8"/>
       <c r="N2" s="8"/>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="10" t="s">
@@ -7840,576 +7891,573 @@
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="8"/>
       <c r="B9" s="8"/>
       <c r="C9" s="8"/>
       <c r="D9" s="8"/>
       <c r="E9" s="8"/>
       <c r="F9" s="8"/>
       <c r="G9" s="8"/>
       <c r="H9" s="8"/>
       <c r="I9" s="8"/>
       <c r="J9" s="8"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
     </row>
-    <row r="10" spans="1:14" ht="15">
-      <c r="A10" s="38" t="s">
+    <row r="10" spans="1:14">
+      <c r="A10" s="30" t="s">
         <v>65</v>
       </c>
-      <c r="B10" s="12">
-[...8 lines deleted...]
-      <c r="E10" s="12">
+      <c r="B10" s="13">
         <v>45627</v>
       </c>
-      <c r="F10" s="12">
+      <c r="C10" s="13">
         <v>45658</v>
       </c>
-      <c r="G10" s="12">
+      <c r="D10" s="13">
         <v>45689</v>
       </c>
-      <c r="H10" s="12">
+      <c r="E10" s="13">
         <v>45717</v>
       </c>
-      <c r="I10" s="12">
+      <c r="F10" s="13">
         <v>45748</v>
       </c>
-      <c r="J10" s="12">
+      <c r="G10" s="13">
         <v>45778</v>
       </c>
-      <c r="K10" s="12">
+      <c r="H10" s="13">
         <v>45809</v>
       </c>
-      <c r="L10" s="12">
+      <c r="I10" s="13">
         <v>45839</v>
       </c>
-      <c r="M10" s="12">
+      <c r="J10" s="13">
         <v>45870</v>
       </c>
-      <c r="N10" s="12">
+      <c r="K10" s="13">
         <v>45901</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="39" t="s">
+      <c r="L10" s="13">
+        <v>45931</v>
+      </c>
+      <c r="M10" s="13">
+        <v>45962</v>
+      </c>
+      <c r="N10" s="13">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14">
+      <c r="A11" s="31" t="s">
         <v>66</v>
       </c>
-      <c r="B11" s="40">
-[...8 lines deleted...]
-      <c r="E11" s="42">
+      <c r="B11" s="32">
         <v>413.68039426999997</v>
       </c>
-      <c r="F11" s="42">
+      <c r="C11" s="32">
         <v>670.40777788000003</v>
       </c>
-      <c r="G11" s="42">
+      <c r="D11" s="32">
         <v>490.10253566</v>
       </c>
-      <c r="H11" s="42">
+      <c r="E11" s="32">
         <v>497.97181245999997</v>
       </c>
-      <c r="I11" s="42">
+      <c r="F11" s="32">
         <v>546.47542094000005</v>
       </c>
-      <c r="J11" s="42">
+      <c r="G11" s="32">
         <v>538.13623330999997</v>
       </c>
-      <c r="K11" s="42">
+      <c r="H11" s="32">
         <v>496.96568187999998</v>
       </c>
-      <c r="L11" s="42">
+      <c r="I11" s="32">
         <v>581.80206064999993</v>
       </c>
-      <c r="M11" s="42">
+      <c r="J11" s="32">
         <v>494.86464697000002</v>
       </c>
-      <c r="N11" s="42">
+      <c r="K11" s="32">
         <v>539.75232650999999</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="39" t="s">
+      <c r="L11" s="32">
+        <v>570.18073880999998</v>
+      </c>
+      <c r="M11" s="32">
+        <v>499.516842</v>
+      </c>
+      <c r="N11" s="32">
+        <v>457.05</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14">
+      <c r="A12" s="31" t="s">
         <v>67</v>
       </c>
-      <c r="B12" s="40">
-[...8 lines deleted...]
-      <c r="E12" s="42">
+      <c r="B12" s="32">
         <v>227.55002349</v>
       </c>
-      <c r="F12" s="42">
+      <c r="C12" s="32">
         <v>368.13119137000001</v>
       </c>
-      <c r="G12" s="42">
+      <c r="D12" s="32">
         <v>269.74445822000001</v>
       </c>
-      <c r="H12" s="42">
+      <c r="E12" s="32">
         <v>274.91822668999998</v>
       </c>
-      <c r="I12" s="42">
+      <c r="F12" s="32">
         <v>299.60283742000001</v>
       </c>
-      <c r="J12" s="42">
+      <c r="G12" s="32">
         <v>299.53895225000002</v>
       </c>
-      <c r="K12" s="42">
+      <c r="H12" s="32">
         <v>272.85026844999999</v>
       </c>
-      <c r="L12" s="42">
+      <c r="I12" s="32">
         <v>319.34643672000004</v>
       </c>
-      <c r="M12" s="42">
+      <c r="J12" s="32">
         <v>271.73854216000001</v>
       </c>
-      <c r="N12" s="42">
+      <c r="K12" s="32">
         <v>295.87868193999998</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="39" t="s">
+      <c r="L12" s="32">
+        <v>312.52600912999998</v>
+      </c>
+      <c r="M12" s="32">
+        <v>274.82979180000001</v>
+      </c>
+      <c r="N12" s="32">
+        <v>251.82</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14">
+      <c r="A13" s="31" t="s">
         <v>68</v>
       </c>
-      <c r="B13" s="40">
-[...8 lines deleted...]
-      <c r="E13" s="42">
+      <c r="B13" s="32">
         <v>2.7821721500000001</v>
       </c>
-      <c r="F13" s="42">
+      <c r="C13" s="32">
         <v>2.8183280699999997</v>
       </c>
-      <c r="G13" s="42">
+      <c r="D13" s="32">
         <v>3.0682527799999999</v>
       </c>
-      <c r="H13" s="42">
+      <c r="E13" s="32">
         <v>5.0779439699999998</v>
       </c>
-      <c r="I13" s="42">
+      <c r="F13" s="32">
         <v>3.48073458</v>
       </c>
-      <c r="J13" s="42">
+      <c r="G13" s="32">
         <v>5.0071560799999997</v>
       </c>
-      <c r="K13" s="42">
+      <c r="H13" s="32">
         <v>8.685402400000001</v>
       </c>
-      <c r="L13" s="42">
+      <c r="I13" s="32">
         <v>4.5855140399999996</v>
       </c>
-      <c r="M13" s="42">
+      <c r="J13" s="32">
         <v>3.0250796499999999</v>
       </c>
-      <c r="N13" s="42">
+      <c r="K13" s="32">
         <v>3.8378176399999999</v>
       </c>
+      <c r="L13" s="32">
+        <v>8.5809119499999991</v>
+      </c>
+      <c r="M13" s="32">
+        <v>3.5034558699999998</v>
+      </c>
+      <c r="N13" s="32">
+        <v>4.1100000000000003</v>
+      </c>
     </row>
     <row r="14" spans="1:14">
-      <c r="A14" s="43" t="s">
+      <c r="A14" s="33" t="s">
         <v>69</v>
       </c>
-      <c r="B14" s="44">
+      <c r="B14" s="34">
         <f>SUM(B11:B13)</f>
-        <v>752.71314739999991</v>
-[...1 lines deleted...]
-      <c r="C14" s="44">
+        <v>644.01258990999986</v>
+      </c>
+      <c r="C14" s="34">
         <f>SUM(C11:C13)</f>
-        <v>882.44242561999999</v>
-[...1 lines deleted...]
-      <c r="D14" s="44">
+        <v>1041.35729732</v>
+      </c>
+      <c r="D14" s="34">
         <f>SUM(D11:D13)</f>
-        <v>758.99299465000001</v>
-[...10 lines deleted...]
-        <f t="shared" ref="G14:L14" si="0">SUM(G11:G13)</f>
         <v>762.91524665999998</v>
       </c>
-      <c r="H14" s="45">
-        <f t="shared" si="0"/>
+      <c r="E14" s="34">
+        <f t="shared" ref="E14:J14" si="0">SUM(E11:E13)</f>
         <v>777.96798311999987</v>
       </c>
-      <c r="I14" s="45">
+      <c r="F14" s="35">
         <f t="shared" si="0"/>
         <v>849.55899294000005</v>
       </c>
-      <c r="J14" s="45">
+      <c r="G14" s="35">
         <f t="shared" si="0"/>
         <v>842.68234164</v>
       </c>
-      <c r="K14" s="46">
+      <c r="H14" s="35">
         <f t="shared" si="0"/>
         <v>778.50135273000001</v>
       </c>
-      <c r="L14" s="47">
+      <c r="I14" s="36">
         <f t="shared" si="0"/>
         <v>905.73401140999999</v>
       </c>
-      <c r="M14" s="47">
-        <f>SUM(M11:M13)</f>
+      <c r="J14" s="37">
+        <f t="shared" si="0"/>
         <v>769.62826877999998</v>
       </c>
-      <c r="N14" s="47">
-        <f>SUM(N11:N13)</f>
+      <c r="K14" s="37">
+        <f>SUM(K11:K13)</f>
         <v>839.46882608999999</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="39" t="s">
+      <c r="L14" s="37">
+        <f>SUM(L11:L13)</f>
+        <v>891.28765988999999</v>
+      </c>
+      <c r="M14" s="37">
+        <f t="shared" ref="M14:N14" si="1">SUM(M11:M13)</f>
+        <v>777.8500896700001</v>
+      </c>
+      <c r="N14" s="37">
+        <f t="shared" si="1"/>
+        <v>712.98</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14">
+      <c r="A15" s="31" t="s">
         <v>70</v>
       </c>
-      <c r="B15" s="40">
-[...8 lines deleted...]
-      <c r="E15" s="42">
+      <c r="B15" s="32">
         <v>0.17542827999999999</v>
       </c>
-      <c r="F15" s="42">
+      <c r="C15" s="32">
         <v>0.31061003000000004</v>
       </c>
-      <c r="G15" s="42">
+      <c r="D15" s="32">
         <v>0.37585158000000002</v>
       </c>
-      <c r="H15" s="42">
+      <c r="E15" s="32">
         <v>0.47829178999999999</v>
       </c>
-      <c r="I15" s="42">
+      <c r="F15" s="32">
         <v>0.42756526</v>
       </c>
-      <c r="J15" s="42">
+      <c r="G15" s="32">
         <v>0.51312367000000003</v>
       </c>
-      <c r="K15" s="42">
+      <c r="H15" s="32">
         <v>9.1123677899999986</v>
       </c>
-      <c r="L15" s="42">
+      <c r="I15" s="32">
         <v>1010.5072449400001</v>
       </c>
-      <c r="M15" s="42">
+      <c r="J15" s="32">
         <v>0.54742858999999999</v>
       </c>
-      <c r="N15" s="42">
+      <c r="K15" s="32">
         <v>0.11487278999999999</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="39" t="s">
+      <c r="L15" s="66">
+        <v>0.22844079</v>
+      </c>
+      <c r="M15" s="66">
+        <v>0.37443957999999999</v>
+      </c>
+      <c r="N15" s="66">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14">
+      <c r="A16" s="31" t="s">
         <v>71</v>
       </c>
-      <c r="B16" s="40">
-[...8 lines deleted...]
-      <c r="E16" s="42">
+      <c r="B16" s="32">
         <v>0.16003216999999997</v>
       </c>
-      <c r="F16" s="42">
+      <c r="C16" s="32">
         <v>0.20417062</v>
       </c>
-      <c r="G16" s="42">
+      <c r="D16" s="32">
         <v>0.45738857999999993</v>
       </c>
-      <c r="H16" s="42">
+      <c r="E16" s="32">
         <v>0.24081077000000001</v>
       </c>
-      <c r="I16" s="42">
+      <c r="F16" s="32">
         <v>0.20198407999999998</v>
       </c>
-      <c r="J16" s="42">
+      <c r="G16" s="32">
         <v>0.20824981000000001</v>
       </c>
-      <c r="K16" s="42">
+      <c r="H16" s="32">
         <v>0.54907643000000006</v>
       </c>
-      <c r="L16" s="42">
+      <c r="I16" s="32">
         <v>0.14613039000000003</v>
       </c>
-      <c r="M16" s="42">
+      <c r="J16" s="32">
         <v>0.18170912</v>
       </c>
-      <c r="N16" s="42">
+      <c r="K16" s="32">
         <v>0.1413981</v>
       </c>
+      <c r="L16" s="66">
+        <v>0.21894753</v>
+      </c>
+      <c r="M16" s="66">
+        <v>0.16871931000000001</v>
+      </c>
+      <c r="N16" s="66">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="17" spans="1:14">
-      <c r="A17" s="43" t="s">
+      <c r="A17" s="33" t="s">
         <v>72</v>
       </c>
-      <c r="B17" s="44">
-[...12 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="B17" s="34">
+        <f t="shared" ref="B17:C17" si="2">SUM(B15:B16)</f>
         <v>0.33546044999999997</v>
       </c>
-      <c r="F17" s="44">
-        <f>SUM(F15:F16)</f>
+      <c r="C17" s="34">
+        <f t="shared" si="2"/>
         <v>0.51478065000000006</v>
       </c>
-      <c r="G17" s="44">
-        <f t="shared" si="1"/>
+      <c r="D17" s="34">
+        <f>SUM(D15:D16)</f>
         <v>0.8332401599999999</v>
       </c>
-      <c r="H17" s="45">
-        <f t="shared" si="1"/>
+      <c r="E17" s="34">
+        <f t="shared" ref="E17:J17" si="3">SUM(E15:E16)</f>
         <v>0.71910256000000006</v>
       </c>
-      <c r="I17" s="45">
-        <f t="shared" si="1"/>
+      <c r="F17" s="35">
+        <f t="shared" si="3"/>
         <v>0.62954933999999996</v>
       </c>
-      <c r="J17" s="45">
-        <f t="shared" si="1"/>
+      <c r="G17" s="35">
+        <f t="shared" si="3"/>
         <v>0.72137348000000001</v>
       </c>
-      <c r="K17" s="46">
-        <f t="shared" si="1"/>
+      <c r="H17" s="35">
+        <f t="shared" si="3"/>
         <v>9.6614442199999981</v>
       </c>
-      <c r="L17" s="47">
-        <f t="shared" si="1"/>
+      <c r="I17" s="36">
+        <f t="shared" si="3"/>
         <v>1010.6533753300001</v>
       </c>
-      <c r="M17" s="47">
-        <f>SUM(M15:M16)</f>
+      <c r="J17" s="37">
+        <f t="shared" si="3"/>
         <v>0.72913771000000005</v>
       </c>
-      <c r="N17" s="47">
-        <f t="shared" si="1"/>
+      <c r="K17" s="37">
+        <f>SUM(K15:K16)</f>
         <v>0.25627088999999997</v>
       </c>
+      <c r="L17" s="37">
+        <f t="shared" ref="L17:N17" si="4">SUM(L15:L16)</f>
+        <v>0.44738832000000001</v>
+      </c>
+      <c r="M17" s="37">
+        <f t="shared" si="4"/>
+        <v>0.54315888999999995</v>
+      </c>
+      <c r="N17" s="37">
+        <f t="shared" si="4"/>
+        <v>0.22999999999999998</v>
+      </c>
     </row>
     <row r="18" spans="1:14">
-      <c r="A18" s="43" t="s">
+      <c r="A18" s="33" t="s">
         <v>73</v>
       </c>
-      <c r="B18" s="44">
-[...12 lines deleted...]
-        <f t="shared" si="2"/>
+      <c r="B18" s="34">
+        <f t="shared" ref="B18:N18" si="5">B14+B17</f>
         <v>644.34805035999989</v>
       </c>
-      <c r="F18" s="44">
-        <f t="shared" si="2"/>
+      <c r="C18" s="34">
+        <f t="shared" si="5"/>
         <v>1041.87207797</v>
       </c>
-      <c r="G18" s="44">
-        <f t="shared" si="2"/>
+      <c r="D18" s="34">
+        <f t="shared" si="5"/>
         <v>763.74848681999993</v>
       </c>
-      <c r="H18" s="45">
-        <f t="shared" si="2"/>
+      <c r="E18" s="34">
+        <f t="shared" si="5"/>
         <v>778.68708567999988</v>
       </c>
-      <c r="I18" s="45">
-        <f t="shared" si="2"/>
+      <c r="F18" s="35">
+        <f t="shared" si="5"/>
         <v>850.18854228000009</v>
       </c>
-      <c r="J18" s="45">
-        <f t="shared" si="2"/>
+      <c r="G18" s="35">
+        <f t="shared" si="5"/>
         <v>843.40371512000002</v>
       </c>
-      <c r="K18" s="46">
-        <f t="shared" si="2"/>
+      <c r="H18" s="35">
+        <f t="shared" si="5"/>
         <v>788.16279695000003</v>
       </c>
-      <c r="L18" s="47">
-        <f t="shared" si="2"/>
+      <c r="I18" s="36">
+        <f t="shared" si="5"/>
         <v>1916.3873867400002</v>
       </c>
-      <c r="M18" s="47">
-        <f t="shared" si="2"/>
+      <c r="J18" s="37">
+        <f t="shared" si="5"/>
         <v>770.35740649000002</v>
       </c>
-      <c r="N18" s="47">
-        <f t="shared" si="2"/>
+      <c r="K18" s="37">
+        <f t="shared" si="5"/>
         <v>839.72509697999999</v>
+      </c>
+      <c r="L18" s="37">
+        <f t="shared" si="5"/>
+        <v>891.73504820999995</v>
+      </c>
+      <c r="M18" s="37">
+        <f t="shared" si="5"/>
+        <v>778.39324856000007</v>
+      </c>
+      <c r="N18" s="37">
+        <f t="shared" si="5"/>
+        <v>713.21</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="10"/>
-      <c r="B19" s="48"/>
-[...10 lines deleted...]
-      <c r="M19" s="48"/>
+      <c r="B19" s="38"/>
+      <c r="C19" s="38"/>
+      <c r="D19" s="38"/>
+      <c r="E19" s="38"/>
+      <c r="F19" s="38"/>
+      <c r="G19" s="38"/>
+      <c r="H19" s="38"/>
+      <c r="I19" s="38"/>
+      <c r="J19" s="38"/>
+      <c r="K19" s="38"/>
+      <c r="L19" s="38"/>
+      <c r="M19" s="38"/>
       <c r="N19" s="8"/>
     </row>
     <row r="20" spans="1:14">
-      <c r="A20" s="21" t="s">
+      <c r="A20" s="20" t="s">
         <v>39</v>
       </c>
-      <c r="B20" s="21" t="s">
+      <c r="B20" s="20" t="s">
         <v>40</v>
       </c>
-      <c r="C20" s="49"/>
-[...10 lines deleted...]
-      <c r="N20" s="50"/>
+      <c r="C20" s="39"/>
+      <c r="D20" s="39"/>
+      <c r="E20" s="39"/>
+      <c r="F20" s="39"/>
+      <c r="G20" s="39"/>
+      <c r="H20" s="39"/>
+      <c r="I20" s="39"/>
+      <c r="J20" s="39"/>
+      <c r="K20" s="39"/>
+      <c r="L20" s="40"/>
+      <c r="M20" s="40"/>
+      <c r="N20" s="40"/>
     </row>
     <row r="23" spans="1:14">
-      <c r="A23" s="22" t="s">
+      <c r="A23" s="21" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:N1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A23" location="Menu!A1" display="Return" xr:uid="{929AF858-D81D-4579-8599-5ED68ABD0B56}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;10&amp;K000000[IN CONFIDENCE RELEASE EXTERNAL]&amp;1#</oddHeader>
   </headerFooter>
-  <ignoredErrors>
-[...1 lines deleted...]
-  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C14C7D44-8D98-4D90-B2FA-24C96B8BCEB6}">
   <dimension ref="A1:N16"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="F17" sqref="F17"/>
+      <selection sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="39.28515625" style="4" customWidth="1"/>
     <col min="2" max="14" width="12.7109375" style="4" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="17.45">
-      <c r="A1" s="80" t="s">
+    <row r="1" spans="1:14" ht="18">
+      <c r="A1" s="69" t="s">
         <v>74</v>
       </c>
-      <c r="B1" s="80"/>
-[...11 lines deleted...]
-      <c r="N1" s="81"/>
+      <c r="B1" s="69"/>
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+      <c r="G1" s="70"/>
+      <c r="H1" s="70"/>
+      <c r="I1" s="70"/>
+      <c r="J1" s="70"/>
+      <c r="K1" s="70"/>
+      <c r="L1" s="70"/>
+      <c r="M1" s="70"/>
+      <c r="N1" s="70"/>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="8"/>
       <c r="B2" s="8"/>
       <c r="C2" s="8"/>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="8"/>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
       <c r="L2" s="8"/>
       <c r="M2" s="8"/>
       <c r="N2" s="8"/>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="10" t="s">
@@ -8427,366 +8475,361 @@
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8"/>
       <c r="J5" s="8"/>
       <c r="K5" s="8"/>
       <c r="L5" s="8"/>
       <c r="M5" s="8"/>
       <c r="N5" s="8"/>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="8"/>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
       <c r="N6" s="8"/>
     </row>
-    <row r="7" spans="1:14" ht="15">
+    <row r="7" spans="1:14">
       <c r="A7" s="11" t="s">
         <v>76</v>
       </c>
       <c r="B7" s="13">
-        <v>45536</v>
-[...7 lines deleted...]
-      <c r="E7" s="52">
         <v>45627</v>
       </c>
-      <c r="F7" s="52">
+      <c r="C7" s="13">
         <v>45658</v>
       </c>
-      <c r="G7" s="52">
+      <c r="D7" s="13">
         <v>45689</v>
       </c>
-      <c r="H7" s="52">
+      <c r="E7" s="13">
         <v>45717</v>
       </c>
-      <c r="I7" s="52">
+      <c r="F7" s="13">
         <v>45748</v>
       </c>
-      <c r="J7" s="52">
+      <c r="G7" s="13">
         <v>45778</v>
       </c>
-      <c r="K7" s="52">
+      <c r="H7" s="13">
         <v>45809</v>
       </c>
-      <c r="L7" s="52">
+      <c r="I7" s="13">
         <v>45839</v>
       </c>
-      <c r="M7" s="52">
+      <c r="J7" s="13">
         <v>45870</v>
       </c>
-      <c r="N7" s="52">
+      <c r="K7" s="13">
         <v>45901</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="30" t="s">
+      <c r="L7" s="13">
+        <v>45931</v>
+      </c>
+      <c r="M7" s="13">
+        <v>45962</v>
+      </c>
+      <c r="N7" s="13">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14">
+      <c r="A8" s="26" t="s">
         <v>77</v>
       </c>
-      <c r="B8" s="32">
-[...8 lines deleted...]
-      <c r="E8" s="55">
+      <c r="B8" s="42">
         <v>654501</v>
       </c>
-      <c r="F8" s="55">
+      <c r="C8" s="42">
         <v>654748</v>
       </c>
-      <c r="G8" s="55">
+      <c r="D8" s="42">
         <v>654069</v>
       </c>
-      <c r="H8" s="55">
+      <c r="E8" s="42">
         <v>652184</v>
       </c>
-      <c r="I8" s="55">
+      <c r="F8" s="42">
         <v>652206</v>
       </c>
-      <c r="J8" s="55">
+      <c r="G8" s="42">
         <v>651751</v>
       </c>
-      <c r="K8" s="55">
+      <c r="H8" s="42">
         <v>650642</v>
       </c>
-      <c r="L8" s="55">
+      <c r="I8" s="42">
         <v>649056</v>
       </c>
-      <c r="M8" s="55">
+      <c r="J8" s="42">
         <v>647280</v>
       </c>
-      <c r="N8" s="55">
+      <c r="K8" s="42">
         <v>645918</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="30" t="s">
+      <c r="L8" s="42">
+        <v>644476</v>
+      </c>
+      <c r="M8" s="42">
+        <v>643028</v>
+      </c>
+      <c r="N8" s="42">
+        <v>643438</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14">
+      <c r="A9" s="26" t="s">
         <v>78</v>
       </c>
-      <c r="B9" s="32">
-[...8 lines deleted...]
-      <c r="E9" s="55">
+      <c r="B9" s="42">
         <v>212668</v>
       </c>
-      <c r="F9" s="55">
+      <c r="C9" s="42">
         <v>212579</v>
       </c>
-      <c r="G9" s="55">
+      <c r="D9" s="42">
         <v>212237</v>
       </c>
-      <c r="H9" s="55">
+      <c r="E9" s="42">
         <v>211459</v>
       </c>
-      <c r="I9" s="55">
+      <c r="F9" s="42">
         <v>211341</v>
       </c>
-      <c r="J9" s="55">
+      <c r="G9" s="42">
         <v>211231</v>
       </c>
-      <c r="K9" s="55">
+      <c r="H9" s="42">
         <v>210868</v>
       </c>
-      <c r="L9" s="55">
+      <c r="I9" s="42">
         <v>210327</v>
       </c>
-      <c r="M9" s="55">
+      <c r="J9" s="42">
         <v>209616</v>
       </c>
-      <c r="N9" s="55">
+      <c r="K9" s="42">
         <v>209110</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="30" t="s">
+      <c r="L9" s="42">
+        <v>208486</v>
+      </c>
+      <c r="M9" s="42">
+        <v>208047</v>
+      </c>
+      <c r="N9" s="42">
+        <v>208102</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14">
+      <c r="A10" s="26" t="s">
         <v>79</v>
       </c>
-      <c r="B10" s="32">
-[...8 lines deleted...]
-      <c r="E10" s="55">
+      <c r="B10" s="42">
         <v>2503731</v>
       </c>
-      <c r="F10" s="55">
+      <c r="C10" s="42">
         <v>2509304</v>
       </c>
-      <c r="G10" s="55">
+      <c r="D10" s="42">
         <v>2514621</v>
       </c>
-      <c r="H10" s="55">
+      <c r="E10" s="42">
         <v>2519177</v>
       </c>
-      <c r="I10" s="55">
+      <c r="F10" s="42">
         <v>2523297</v>
       </c>
-      <c r="J10" s="55">
+      <c r="G10" s="42">
         <v>2528957</v>
       </c>
-      <c r="K10" s="55">
+      <c r="H10" s="42">
         <v>2534404</v>
       </c>
-      <c r="L10" s="55">
+      <c r="I10" s="42">
         <v>2540230</v>
       </c>
-      <c r="M10" s="55">
+      <c r="J10" s="42">
         <v>2546068</v>
       </c>
-      <c r="N10" s="55">
+      <c r="K10" s="42">
         <v>2552080</v>
       </c>
+      <c r="L10" s="42">
+        <v>2558915</v>
+      </c>
+      <c r="M10" s="42">
+        <v>2565085</v>
+      </c>
+      <c r="N10" s="42">
+        <v>2569860</v>
+      </c>
     </row>
     <row r="11" spans="1:14">
-      <c r="A11" s="19" t="s">
+      <c r="A11" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="B11" s="56">
-[...12 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="B11" s="43">
+        <f t="shared" ref="B11:M11" si="0">SUM(B8:B10)</f>
         <v>3370900</v>
       </c>
-      <c r="F11" s="56">
+      <c r="C11" s="43">
         <f t="shared" si="0"/>
         <v>3376631</v>
       </c>
-      <c r="G11" s="56">
+      <c r="D11" s="43">
         <f t="shared" si="0"/>
         <v>3380927</v>
       </c>
-      <c r="H11" s="56">
+      <c r="E11" s="43">
         <f t="shared" si="0"/>
         <v>3382820</v>
       </c>
-      <c r="I11" s="56">
+      <c r="F11" s="43">
         <f t="shared" si="0"/>
         <v>3386844</v>
       </c>
-      <c r="J11" s="56">
+      <c r="G11" s="43">
         <f t="shared" si="0"/>
         <v>3391939</v>
       </c>
-      <c r="K11" s="56">
+      <c r="H11" s="43">
         <f t="shared" si="0"/>
         <v>3395914</v>
       </c>
-      <c r="L11" s="56">
+      <c r="I11" s="43">
         <f t="shared" si="0"/>
         <v>3399613</v>
       </c>
-      <c r="M11" s="56">
+      <c r="J11" s="43">
         <f t="shared" si="0"/>
         <v>3402964</v>
       </c>
-      <c r="N11" s="56">
+      <c r="K11" s="43">
         <f t="shared" si="0"/>
         <v>3407108</v>
+      </c>
+      <c r="L11" s="43">
+        <f t="shared" si="0"/>
+        <v>3411877</v>
+      </c>
+      <c r="M11" s="43">
+        <f t="shared" si="0"/>
+        <v>3416160</v>
+      </c>
+      <c r="N11" s="43">
+        <f t="shared" ref="N11" si="1">SUM(N8:N10)</f>
+        <v>3421400</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="10"/>
       <c r="B12" s="8"/>
       <c r="C12" s="8"/>
       <c r="D12" s="8"/>
       <c r="E12" s="8"/>
       <c r="F12" s="8"/>
       <c r="G12" s="8"/>
       <c r="H12" s="8"/>
       <c r="I12" s="8"/>
       <c r="J12" s="8"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
     </row>
     <row r="13" spans="1:14">
-      <c r="A13" s="21" t="s">
+      <c r="A13" s="20" t="s">
         <v>39</v>
       </c>
-      <c r="B13" s="21" t="s">
+      <c r="B13" s="20" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:14">
-      <c r="A16" s="22" t="s">
+      <c r="A16" s="21" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:N1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A16" location="Menu!A1" display="Return" xr:uid="{4E42F4DB-F379-4985-B72F-8266389F0C1B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;10&amp;K000000[IN CONFIDENCE RELEASE EXTERNAL]&amp;1#</oddHeader>
   </headerFooter>
-  <ignoredErrors>
-[...1 lines deleted...]
-  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FA013F3D-137C-4E79-8D16-8E98FEB5C448}">
   <dimension ref="A1:N16"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.28515625" style="4" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="4" customWidth="1"/>
     <col min="3" max="3" width="12.5703125" style="4" customWidth="1"/>
     <col min="4" max="4" width="10.7109375" style="4" customWidth="1"/>
     <col min="5" max="5" width="10.42578125" style="4" customWidth="1"/>
     <col min="6" max="14" width="9.28515625" style="4" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="17.45">
-      <c r="A1" s="80" t="s">
+    <row r="1" spans="1:14" ht="18">
+      <c r="A1" s="69" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="80"/>
-[...11 lines deleted...]
-      <c r="N1" s="81"/>
+      <c r="B1" s="69"/>
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+      <c r="G1" s="70"/>
+      <c r="H1" s="70"/>
+      <c r="I1" s="70"/>
+      <c r="J1" s="70"/>
+      <c r="K1" s="70"/>
+      <c r="L1" s="70"/>
+      <c r="M1" s="70"/>
+      <c r="N1" s="70"/>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="8"/>
       <c r="B2" s="8"/>
       <c r="C2" s="8"/>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="8"/>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
       <c r="L2" s="8"/>
       <c r="M2" s="8"/>
       <c r="N2" s="8"/>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="10" t="s">
@@ -8816,234 +8859,234 @@
       <c r="G7" s="8"/>
       <c r="H7" s="8"/>
       <c r="I7" s="8"/>
       <c r="J7" s="8"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="8"/>
       <c r="B8" s="8"/>
       <c r="C8" s="8"/>
       <c r="D8" s="8"/>
       <c r="E8" s="8"/>
       <c r="F8" s="8"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
     </row>
-    <row r="9" spans="1:14" ht="15">
-      <c r="A9" s="57" t="s">
+    <row r="9" spans="1:14">
+      <c r="A9" s="44" t="s">
         <v>83</v>
       </c>
-      <c r="B9" s="12">
-[...8 lines deleted...]
-      <c r="E9" s="12">
+      <c r="B9" s="13">
         <v>45627</v>
       </c>
-      <c r="F9" s="12">
+      <c r="C9" s="13">
         <v>45658</v>
       </c>
-      <c r="G9" s="12">
+      <c r="D9" s="13">
         <v>45689</v>
       </c>
-      <c r="H9" s="12">
+      <c r="E9" s="13">
         <v>45717</v>
       </c>
-      <c r="I9" s="12">
+      <c r="F9" s="13">
         <v>45748</v>
       </c>
-      <c r="J9" s="12">
+      <c r="G9" s="13">
         <v>45778</v>
       </c>
-      <c r="K9" s="12">
+      <c r="H9" s="13">
         <v>45809</v>
       </c>
-      <c r="L9" s="12">
+      <c r="I9" s="13">
         <v>45839</v>
       </c>
-      <c r="M9" s="12">
+      <c r="J9" s="13">
         <v>45870</v>
       </c>
-      <c r="N9" s="12">
+      <c r="K9" s="13">
         <v>45901</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="19" t="s">
+      <c r="L9" s="13">
+        <v>45931</v>
+      </c>
+      <c r="M9" s="13">
+        <v>45962</v>
+      </c>
+      <c r="N9" s="13">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14">
+      <c r="A10" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="B10" s="58">
-[...8 lines deleted...]
-      <c r="E10" s="58">
+      <c r="B10" s="45">
         <v>11658</v>
       </c>
-      <c r="F10" s="58">
+      <c r="C10" s="45">
         <v>11296</v>
       </c>
-      <c r="G10" s="58">
+      <c r="D10" s="45">
         <v>14450</v>
       </c>
-      <c r="H10" s="58">
+      <c r="E10" s="45">
         <v>15045</v>
       </c>
-      <c r="I10" s="58">
+      <c r="F10" s="45">
         <v>11980</v>
       </c>
-      <c r="J10" s="58">
+      <c r="G10" s="45">
         <v>14997</v>
       </c>
-      <c r="K10" s="58">
+      <c r="H10" s="45">
         <v>13866</v>
       </c>
-      <c r="L10" s="58">
+      <c r="I10" s="45">
         <v>18147</v>
       </c>
-      <c r="M10" s="58">
+      <c r="J10" s="45">
         <v>16902</v>
       </c>
-      <c r="N10" s="58">
+      <c r="K10" s="45">
         <v>17364</v>
+      </c>
+      <c r="L10" s="45">
+        <v>18804</v>
+      </c>
+      <c r="M10" s="45">
+        <v>16211</v>
+      </c>
+      <c r="N10" s="45">
+        <v>13467</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="10"/>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="10" t="s">
         <v>84</v>
       </c>
       <c r="B12" s="10" t="s">
         <v>85</v>
       </c>
       <c r="C12" s="8"/>
       <c r="D12" s="8"/>
       <c r="E12" s="8"/>
       <c r="F12" s="8"/>
       <c r="G12" s="8"/>
       <c r="H12" s="8"/>
       <c r="I12" s="8"/>
       <c r="J12" s="8"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
     </row>
     <row r="13" spans="1:14">
-      <c r="A13" s="21" t="s">
+      <c r="A13" s="20" t="s">
         <v>39</v>
       </c>
-      <c r="B13" s="21" t="s">
+      <c r="B13" s="20" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:14">
-      <c r="A16" s="22" t="s">
+      <c r="A16" s="21" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:N1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A16" location="Menu!A1" display="Return" xr:uid="{749177D7-1134-4770-9F18-59F0A9E7F442}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;10&amp;K000000[IN CONFIDENCE RELEASE EXTERNAL]&amp;1#</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AA4272C9-0A5A-41D9-B011-F1E07DD709D1}">
   <dimension ref="A1:N17"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="H18" sqref="H18"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30.5703125" style="4" customWidth="1"/>
     <col min="2" max="14" width="10.5703125" style="4" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="17.45">
-      <c r="A1" s="80" t="s">
+    <row r="1" spans="1:14" ht="18">
+      <c r="A1" s="69" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="80"/>
-[...11 lines deleted...]
-      <c r="N1" s="80"/>
+      <c r="B1" s="69"/>
+      <c r="C1" s="69"/>
+      <c r="D1" s="69"/>
+      <c r="E1" s="69"/>
+      <c r="F1" s="69"/>
+      <c r="G1" s="69"/>
+      <c r="H1" s="69"/>
+      <c r="I1" s="69"/>
+      <c r="J1" s="69"/>
+      <c r="K1" s="69"/>
+      <c r="L1" s="69"/>
+      <c r="M1" s="69"/>
+      <c r="N1" s="69"/>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="8"/>
       <c r="B2" s="8"/>
       <c r="C2" s="8"/>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="8"/>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
       <c r="L2" s="8"/>
       <c r="M2" s="8"/>
       <c r="N2" s="8"/>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="10" t="s">
@@ -9073,360 +9116,348 @@
       <c r="G7" s="8"/>
       <c r="H7" s="8"/>
       <c r="I7" s="8"/>
       <c r="J7" s="8"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="8"/>
       <c r="B8" s="8"/>
       <c r="C8" s="8"/>
       <c r="D8" s="8"/>
       <c r="E8" s="8"/>
       <c r="F8" s="8"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
     </row>
-    <row r="9" spans="1:14" ht="15">
+    <row r="9" spans="1:14">
       <c r="A9" s="11" t="s">
         <v>89</v>
       </c>
-      <c r="B9" s="59">
-[...8 lines deleted...]
-      <c r="E9" s="14">
+      <c r="B9" s="13">
         <v>45627</v>
       </c>
-      <c r="F9" s="59">
+      <c r="C9" s="13">
         <v>45658</v>
       </c>
-      <c r="G9" s="14">
+      <c r="D9" s="13">
         <v>45689</v>
       </c>
-      <c r="H9" s="14">
+      <c r="E9" s="13">
         <v>45717</v>
       </c>
-      <c r="I9" s="14">
+      <c r="F9" s="13">
         <v>45748</v>
       </c>
-      <c r="J9" s="59">
+      <c r="G9" s="13">
         <v>45778</v>
       </c>
-      <c r="K9" s="59">
+      <c r="H9" s="13">
         <v>45809</v>
       </c>
-      <c r="L9" s="59">
+      <c r="I9" s="13">
         <v>45839</v>
       </c>
-      <c r="M9" s="59">
+      <c r="J9" s="13">
         <v>45870</v>
       </c>
-      <c r="N9" s="59">
+      <c r="K9" s="13">
         <v>45901</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="15" t="s">
+      <c r="L9" s="13">
+        <v>45931</v>
+      </c>
+      <c r="M9" s="13">
+        <v>45962</v>
+      </c>
+      <c r="N9" s="13">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14">
+      <c r="A10" s="14" t="s">
         <v>90</v>
       </c>
-      <c r="B10" s="17">
-[...8 lines deleted...]
-      <c r="E10" s="17">
+      <c r="B10" s="16">
         <v>1263</v>
       </c>
-      <c r="F10" s="17">
+      <c r="C10" s="16">
         <v>1198</v>
       </c>
-      <c r="G10" s="17">
+      <c r="D10" s="16">
         <v>1149</v>
       </c>
-      <c r="H10" s="17">
+      <c r="E10" s="16">
         <v>1084</v>
       </c>
-      <c r="I10" s="17">
+      <c r="F10" s="16">
         <v>1087</v>
       </c>
-      <c r="J10" s="17">
+      <c r="G10" s="16">
         <v>1052</v>
       </c>
-      <c r="K10" s="17">
+      <c r="H10" s="16">
         <v>1076</v>
       </c>
-      <c r="L10" s="17">
+      <c r="I10" s="16">
         <v>1084</v>
       </c>
-      <c r="M10" s="17">
+      <c r="J10" s="16">
         <v>1033</v>
       </c>
-      <c r="N10" s="17">
+      <c r="K10" s="16">
         <v>1030</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="15" t="s">
+      <c r="L10" s="16">
+        <v>1069</v>
+      </c>
+      <c r="M10" s="16">
+        <v>1086</v>
+      </c>
+      <c r="N10" s="16">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14">
+      <c r="A11" s="14" t="s">
         <v>91</v>
       </c>
-      <c r="B11" s="17">
-[...8 lines deleted...]
-      <c r="E11" s="17">
+      <c r="B11" s="16">
         <v>85389</v>
       </c>
-      <c r="F11" s="17">
+      <c r="C11" s="16">
         <v>84570</v>
       </c>
-      <c r="G11" s="17">
+      <c r="D11" s="16">
         <v>84341</v>
       </c>
-      <c r="H11" s="17">
+      <c r="E11" s="16">
         <v>83345</v>
       </c>
-      <c r="I11" s="17">
+      <c r="F11" s="16">
         <v>83151</v>
       </c>
-      <c r="J11" s="17">
+      <c r="G11" s="16">
         <v>83150</v>
       </c>
-      <c r="K11" s="17">
+      <c r="H11" s="16">
         <v>83917</v>
       </c>
-      <c r="L11" s="17">
+      <c r="I11" s="16">
         <v>83411</v>
       </c>
-      <c r="M11" s="17">
+      <c r="J11" s="16">
         <v>82739</v>
       </c>
-      <c r="N11" s="17">
+      <c r="K11" s="16">
         <v>82574</v>
       </c>
+      <c r="L11" s="16">
+        <v>81922</v>
+      </c>
+      <c r="M11" s="16">
+        <v>82093</v>
+      </c>
+      <c r="N11" s="16">
+        <v>82230</v>
+      </c>
     </row>
     <row r="12" spans="1:14">
-      <c r="A12" s="19" t="s">
+      <c r="A12" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="B12" s="28">
-[...12 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="B12" s="24">
+        <f t="shared" ref="B12:K12" si="0">SUM(B10:B11)</f>
         <v>86652</v>
       </c>
-      <c r="F12" s="28">
+      <c r="C12" s="24">
         <f t="shared" si="0"/>
         <v>85768</v>
       </c>
-      <c r="G12" s="28">
+      <c r="D12" s="24">
         <f t="shared" si="0"/>
         <v>85490</v>
       </c>
-      <c r="H12" s="58">
+      <c r="E12" s="24">
         <f t="shared" si="0"/>
         <v>84429</v>
       </c>
-      <c r="I12" s="58">
+      <c r="F12" s="45">
         <f t="shared" si="0"/>
         <v>84238</v>
       </c>
-      <c r="J12" s="58">
+      <c r="G12" s="45">
         <f t="shared" si="0"/>
         <v>84202</v>
       </c>
-      <c r="K12" s="58">
+      <c r="H12" s="45">
         <f t="shared" si="0"/>
         <v>84993</v>
       </c>
-      <c r="L12" s="60">
+      <c r="I12" s="45">
         <f t="shared" si="0"/>
         <v>84495</v>
       </c>
-      <c r="M12" s="60">
+      <c r="J12" s="46">
         <f t="shared" si="0"/>
         <v>83772</v>
       </c>
-      <c r="N12" s="60">
+      <c r="K12" s="46">
+        <f t="shared" si="0"/>
+        <v>83604</v>
+      </c>
+      <c r="L12" s="46">
+        <f>SUM(L10:L11)</f>
+        <v>82991</v>
+      </c>
+      <c r="M12" s="46">
+        <f>SUM(M10:M11)</f>
+        <v>83179</v>
+      </c>
+      <c r="N12" s="46">
         <f>SUM(N10:N11)</f>
-        <v>83604</v>
+        <v>83333</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="B13" s="8"/>
       <c r="C13" s="8"/>
       <c r="D13" s="8"/>
       <c r="E13" s="8"/>
       <c r="F13" s="8"/>
       <c r="G13" s="8"/>
       <c r="H13" s="8"/>
       <c r="I13" s="8"/>
       <c r="J13" s="8"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
     </row>
     <row r="14" spans="1:14">
-      <c r="A14" s="21" t="s">
+      <c r="A14" s="20" t="s">
         <v>39</v>
       </c>
-      <c r="B14" s="21" t="s">
+      <c r="B14" s="20" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:14">
-      <c r="A17" s="22" t="s">
+      <c r="A17" s="21" t="s">
         <v>41</v>
       </c>
-      <c r="N17" s="61"/>
+      <c r="N17" s="47"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="L1:N1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A17" location="Menu!A1" display="Return" xr:uid="{922AF27F-5374-4C9B-B12B-4A398E2CAC52}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;10&amp;K000000[IN CONFIDENCE RELEASE EXTERNAL]&amp;1#</oddHeader>
   </headerFooter>
-  <ignoredErrors>
-[...1 lines deleted...]
-  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="36abe336-5848-4bf1-bc0d-2361c5d4b7e6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_Version xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
     <BusinessActivityTaxHTField xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Corporate performance management</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">01aaeef3-e931-47ed-b9f3-9137c1fb8e8f</TermId>
         </TermInfo>
       </Terms>
     </BusinessActivityTaxHTField>
     <SecurityClassificationTaxHTField xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">In Confidence</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">5fccf67f-7cb1-4561-8450-fe0d2ea19178</TermId>
         </TermInfo>
       </Terms>
     </SecurityClassificationTaxHTField>
     <InformationTypeTaxHTField xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </InformationTypeTaxHTField>
     <BusinessUnitTaxHTField xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Performance ＆ Reporting</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d5966c3e-86ce-4d2b-92b4-782b17e0f121</TermId>
         </TermInfo>
       </Terms>
     </BusinessUnitTaxHTField>
     <DocumentStatusTaxHTField xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </DocumentStatusTaxHTField>
     <wic_System_Copyright xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Inland Revenue NZ</wic_System_Copyright>
     <TaxCatchAll xmlns="bf30f44f-48e8-4b05-bd8a-984e89ef7b72">
       <Value>6</Value>
       <Value>5</Value>
       <Value>4</Value>
     </TaxCatchAll>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns3="bf30f44f-48e8-4b05-bd8a-984e89ef7b72" xmlns:ns4="36abe336-5848-4bf1-bc0d-2361c5d4b7e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e8484e26e09fbb3a86330e5f7ad17383" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="IRNZDocument" ma:contentTypeID="0x01010085C0AE4FA7B7BD4C9607EBE3A91717A50100C4B5F9FD89E51E47A5C8314D54675F04" ma:contentTypeVersion="27" ma:contentTypeDescription="Inland Revenue NZ Document" ma:contentTypeScope="" ma:versionID="4f075deb1689b007eff944f9c126c94e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns3="bf30f44f-48e8-4b05-bd8a-984e89ef7b72" xmlns:ns4="36abe336-5848-4bf1-bc0d-2361c5d4b7e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b9b84ae47cb66c4a8fe1f95ba081cf65" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="bf30f44f-48e8-4b05-bd8a-984e89ef7b72"/>
     <xsd:import namespace="36abe336-5848-4bf1-bc0d-2361c5d4b7e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:wic_System_Copyright" minOccurs="0"/>
                 <xsd:element ref="ns1:SecurityClassificationTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns1:InformationTypeTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns1:BusinessUnitTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns1:BusinessActivityTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns1:DocumentStatusTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
@@ -9717,60 +9748,75 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E16E06C-1508-43AD-8374-7CB2CC4C2C81}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2F28CC0-DACD-452A-B6D5-D67C0B19765A}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{836B5C60-E338-4AE7-BA18-8206DBB7F324}"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46482A7A-7AB8-40FC-83B2-76AFA82C57B7}"/>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{64f9a836-ebe9-47d4-a5f2-4f849d9a8815}" enabled="1" method="Privileged" siteId="{fb39e3e9-23a9-404e-93a2-b42a87d94f35}" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Joseph Timmermans</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>